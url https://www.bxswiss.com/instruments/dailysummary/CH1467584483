--- v0 (2025-10-09)
+++ v1 (2025-10-30)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6e73db0f8043425b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc00483173de94c8c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R10bdd174b0944726"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3e91605c0b974814"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R08ab67c40c7f412e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R10bdd174b0944726" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R36607f0493884c2b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3e91605c0b974814" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.20% p.a. Barrier Reverse Convertible on WTI Crude Oil</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1467584483</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
-[...26 lines deleted...]
-          <x:t>09.09.2025</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,715</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>101,145</x:t>
+          <x:t>100,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,955</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,695</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>101,025</x:t>
-[...388 lines deleted...]
-        <x:is>
           <x:t>100,925</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...23 lines deleted...]
-          <x:t>100,715</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,705</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,775</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-          <x:t>100,360</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,140</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,410</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>99,900</x:t>
-[...11 lines deleted...]
-          <x:t>03.10.2025</x:t>
+          <x:t>100,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,800</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,050</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...92 lines deleted...]
-          <x:t>100,925</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,280</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>