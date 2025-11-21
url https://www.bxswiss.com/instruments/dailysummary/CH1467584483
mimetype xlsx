--- v1 (2025-10-30)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc00483173de94c8c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R890de3f30df641d2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3e91605c0b974814"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R00adda6856f54c4d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R36607f0493884c2b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3e91605c0b974814" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R42c04c45b3314cee" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R00adda6856f54c4d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.20% p.a. Barrier Reverse Convertible on WTI Crude Oil</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1467584483</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...85 lines deleted...]
-          <x:t>100,360</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,140</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,410</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>99,900</x:t>
-[...11 lines deleted...]
-          <x:t>03.10.2025</x:t>
+          <x:t>100,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,800</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,050</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...6 lines deleted...]
-          <x:t>99,780</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,520</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,990</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...8 lines deleted...]
-          <x:t>100,200</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,220</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,655</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>99,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>100,150</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,590</x:t>
-[...232 lines deleted...]
-          <x:t>98,760</x:t>
+          <x:t>100,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,650</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,020</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...244 lines deleted...]
-          <x:t>100,280</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,360</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>