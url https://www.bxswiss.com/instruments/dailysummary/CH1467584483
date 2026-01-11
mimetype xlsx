--- v2 (2025-11-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R890de3f30df641d2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbc0c9542732f409d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R00adda6856f54c4d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf1b1d8c276754fc5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R42c04c45b3314cee" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R00adda6856f54c4d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra93da1dd18e14d78" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf1b1d8c276754fc5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.20% p.a. Barrier Reverse Convertible on WTI Crude Oil</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1467584483</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...490 lines deleted...]
-          <x:t>97,270</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,030</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,520</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>97,070</x:t>
-[...65 lines deleted...]
-          <x:t>18.11.2025</x:t>
+          <x:t>97,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,260</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,650</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,180</x:t>
-[...4 lines deleted...]
-          <x:t>97,650</x:t>
+          <x:t>97,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,990</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,020</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...50 lines deleted...]
-          <x:t>97,360</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,720</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>