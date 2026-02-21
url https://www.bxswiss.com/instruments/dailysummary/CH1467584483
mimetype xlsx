--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbc0c9542732f409d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7f860855caab4083" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf1b1d8c276754fc5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R167702c8ee1a4e58"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra93da1dd18e14d78" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf1b1d8c276754fc5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re842d303064e4e5a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R167702c8ee1a4e58" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.20% p.a. Barrier Reverse Convertible on WTI Crude Oil</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1467584483</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...355 lines deleted...]
-          <x:t>99,140</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,470</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,600</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...87 lines deleted...]
-          <x:t>99,720</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,270</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>