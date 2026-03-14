--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7f860855caab4083" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R89eef4e2404f49a5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R167702c8ee1a4e58"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R057d4edf986c4f94"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re842d303064e4e5a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R167702c8ee1a4e58" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc2e73ef07f324b1c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R057d4edf986c4f94" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.20% p.a. Barrier Reverse Convertible on WTI Crude Oil</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1467584483</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,165 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...484 lines deleted...]
-        <x:is>
           <x:t>13.02.2026</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16.02.2026</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.02.2026</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18.02.2026</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.02.2026</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...16 lines deleted...]
-          <x:t>100,270</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>