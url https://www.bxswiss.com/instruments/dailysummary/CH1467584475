--- v0 (2025-10-15)
+++ v1 (2025-11-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5828d4319b2f4560" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re30093bdd30a431a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9ed31eab68174991"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re73aa4bf491647a7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7578f26680d64d9c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9ed31eab68174991" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbaa719860ef44064" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re73aa4bf491647a7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16.00% p.a. Barrier Reverse Convertible on AMD</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1467584475</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...220 lines deleted...]
-          <x:t>98,540</x:t>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,690</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,550</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>97,320</x:t>
-[...355 lines deleted...]
-          <x:t>103,735</x:t>
+          <x:t>99,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,460</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>