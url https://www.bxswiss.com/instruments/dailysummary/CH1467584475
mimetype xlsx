--- v1 (2025-11-26)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re30093bdd30a431a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R07e4c3f361ef4a25" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re73aa4bf491647a7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R15457e7d195545d2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbaa719860ef44064" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re73aa4bf491647a7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6ddd13d239904ff1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R15457e7d195545d2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16.00% p.a. Barrier Reverse Convertible on AMD</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1467584475</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>27.10.2025</x:t>
-[...269 lines deleted...]
-          <x:t>10.11.2025</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,175</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>101,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>101,515</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>101,175</x:t>
-[...11 lines deleted...]
-          <x:t>11.11.2025</x:t>
+          <x:t>101,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,405</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>101,435</x:t>
-[...53 lines deleted...]
-          <x:t>102,070</x:t>
+          <x:t>101,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,105</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,755</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>101,940</x:t>
-[...215 lines deleted...]
-          <x:t>98,460</x:t>
+          <x:t>101,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,755</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>