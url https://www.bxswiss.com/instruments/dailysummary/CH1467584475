--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R07e4c3f361ef4a25" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8ffbd1cd12594df1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R15457e7d195545d2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfa52c2a6952945bc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6ddd13d239904ff1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R15457e7d195545d2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb483dea9bfe94af4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfa52c2a6952945bc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16.00% p.a. Barrier Reverse Convertible on AMD</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1467584475</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...36 lines deleted...]
-          <x:t>101,055</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,525</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,590</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,610</x:t>
-[...281 lines deleted...]
-          <x:t>101,035</x:t>
+          <x:t>100,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,105</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,895</x:t>
-[...269 lines deleted...]
-          <x:t>100,755</x:t>
+          <x:t>101,755</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,025</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...10 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,755</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...6 lines deleted...]
-          <x:t>101,755</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,880</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>