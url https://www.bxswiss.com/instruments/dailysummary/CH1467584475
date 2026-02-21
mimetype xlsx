--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8ffbd1cd12594df1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6911508f982f4ca4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfa52c2a6952945bc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Reda5cc0c0ee64cee"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb483dea9bfe94af4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfa52c2a6952945bc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9c4b89ea17ea4806" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Reda5cc0c0ee64cee" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16.00% p.a. Barrier Reverse Convertible on AMD</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1467584475</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>102,880</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,360</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>