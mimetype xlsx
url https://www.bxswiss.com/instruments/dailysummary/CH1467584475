--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6911508f982f4ca4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd9e7cf88afdc4079" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Reda5cc0c0ee64cee"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb4250a87dd30425c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9c4b89ea17ea4806" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Reda5cc0c0ee64cee" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R05a5d82a3cd14fdb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb4250a87dd30425c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16.00% p.a. Barrier Reverse Convertible on AMD</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1467584475</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>11.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,940</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,260</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,580</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,840</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,350</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,580</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,010</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,120</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>