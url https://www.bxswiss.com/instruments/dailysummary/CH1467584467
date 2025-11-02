--- v0 (2025-10-12)
+++ v1 (2025-11-02)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raa7312bd49af4f94" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc7cf6de6f4184db1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Recb92d452b3f46f2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R570a04f2080b42c2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R645b98f31a414b89" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Recb92d452b3f46f2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R877992482523415b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R570a04f2080b42c2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15.60% p.a. Barrier Reverse Convertible on RENK Group</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1467584467</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.09.2025</x:t>
-[...63 lines deleted...]
-          <x:t>103,985</x:t>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,420</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,365</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>103,765</x:t>
-[...48 lines deleted...]
-          <x:t>103,795</x:t>
+          <x:t>103,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,825</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...67 lines deleted...]
-          <x:t>104,225</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,870</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,990</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>104,225</x:t>
-[...404 lines deleted...]
-          <x:t>104,690</x:t>
+          <x:t>102,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,650</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>