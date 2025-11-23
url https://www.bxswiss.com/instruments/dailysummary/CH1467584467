--- v1 (2025-11-02)
+++ v2 (2025-11-23)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc7cf6de6f4184db1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7720c22b32414b22" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R570a04f2080b42c2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbf47b4e3019c45e9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R877992482523415b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R570a04f2080b42c2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R03f1f3a067e54bba" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbf47b4e3019c45e9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15.60% p.a. Barrier Reverse Convertible on RENK Group</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1467584467</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.10.2025</x:t>
-[...301 lines deleted...]
-          <x:t>101,455</x:t>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,990</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,300</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,865</x:t>
-[...119 lines deleted...]
-          <x:t>23.10.2025</x:t>
+          <x:t>102,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,350</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>103,475</x:t>
-[...4 lines deleted...]
-          <x:t>101,305</x:t>
+          <x:t>102,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,195</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,900</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.10.2025</x:t>
-[...14 lines deleted...]
-          <x:t>101,815</x:t>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,135</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,380</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...131 lines deleted...]
-          <x:t>102,650</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,220</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>