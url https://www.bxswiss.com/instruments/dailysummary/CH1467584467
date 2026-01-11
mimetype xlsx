--- v2 (2025-11-23)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7720c22b32414b22" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0153ecffc384496a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbf47b4e3019c45e9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2ed623005b1946e6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R03f1f3a067e54bba" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbf47b4e3019c45e9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R03abc258eb9a4077" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2ed623005b1946e6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15.60% p.a. Barrier Reverse Convertible on RENK Group</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1467584467</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.10.2025</x:t>
-[...355 lines deleted...]
-          <x:t>98,500</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,360</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,670</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>97,300</x:t>
-[...220 lines deleted...]
-          <x:t>88,220</x:t>
+          <x:t>97,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,930</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>