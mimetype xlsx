--- v3 (2026-01-11)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0153ecffc384496a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R45dc4f1ce5124937" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2ed623005b1946e6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd664113408914771"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R03abc258eb9a4077" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2ed623005b1946e6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfc09c6ceeebc4030" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd664113408914771" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15.60% p.a. Barrier Reverse Convertible on RENK Group</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1467584467</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,750</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,560</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>95,060</x:t>
-[...441 lines deleted...]
-          <x:t>99,930</x:t>
+          <x:t>95,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,120</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>