--- v4 (2026-02-22)
+++ v5 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R45dc4f1ce5124937" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6c4b5cedf2c14afb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd664113408914771"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R60f2d93f752249bc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfc09c6ceeebc4030" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd664113408914771" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R138a8a88ea3d409d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R60f2d93f752249bc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15.60% p.a. Barrier Reverse Convertible on RENK Group</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1467584467</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...176 lines deleted...]
-          <x:t>95,460</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,380</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,780</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.01.2026</x:t>
-[...9 lines deleted...]
-          <x:t>95,720</x:t>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,190</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>94,740</x:t>
-[...404 lines deleted...]
-          <x:t>97,120</x:t>
+          <x:t>94,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,540</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>