--- v0 (2025-10-15)
+++ v1 (2025-11-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R14b9e2b9e40844e1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R09a15379d1ba43dc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd2a22ce997684394"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb72cb3be8dd344cb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb36d13aa80284390" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd2a22ce997684394" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R969e2ab5a0a240fb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb72cb3be8dd344cb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ETP on SaW SmartAdapt Portfolio Dynamisch Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1467581596</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...350 lines deleted...]
-          <x:t>02.10.2025</x:t>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,775</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25,425</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>25,515</x:t>
-[...4 lines deleted...]
-          <x:t>25,425</x:t>
+          <x:t>25,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,705</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25,465</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...8 lines deleted...]
-          <x:t>25,465</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,405</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25,545</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>25,465</x:t>
-[...38 lines deleted...]
-          <x:t>07.10.2025</x:t>
+          <x:t>25,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,765</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25,595</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>25,675</x:t>
-[...75 lines deleted...]
-          <x:t>25,755</x:t>
+          <x:t>25,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,895</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25,805</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>25,455</x:t>
-[...85 lines deleted...]
-          <x:t>25,665</x:t>
+          <x:t>25,895</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>