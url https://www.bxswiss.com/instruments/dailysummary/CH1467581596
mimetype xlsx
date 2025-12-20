--- v1 (2025-11-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R09a15379d1ba43dc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re0bd031846494be5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb72cb3be8dd344cb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7d3282b31c9645fa"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R969e2ab5a0a240fb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb72cb3be8dd344cb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfcb4e024953a4e1d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7d3282b31c9645fa" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ETP on SaW SmartAdapt Portfolio Dynamisch Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1467581596</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>27.10.2025</x:t>
-[...26 lines deleted...]
-          <x:t>28.10.2025</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25,725</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>25,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>25,725</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>25,655</x:t>
-[...26 lines deleted...]
-          <x:t>25,785</x:t>
+          <x:t>25,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25,815</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...118 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25,895</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>25,765</x:t>
+          <x:t>25,805</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25,895</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>06.11.2025</x:t>
-[...112 lines deleted...]
-          <x:t>26,025</x:t>
+          <x:t>26.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>26,045</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>26,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>26,005</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26,025</x:t>
-[...242 lines deleted...]
-          <x:t>25,895</x:t>
+          <x:t>26,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,415</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>