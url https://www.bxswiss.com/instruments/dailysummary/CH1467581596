--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re0bd031846494be5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdd5ced1f9ae34b7e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7d3282b31c9645fa"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2ff0b5ab386b42d3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfcb4e024953a4e1d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7d3282b31c9645fa" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R75043922b722429d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2ff0b5ab386b42d3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ETP on SaW SmartAdapt Portfolio Dynamisch Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1467581596</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...193 lines deleted...]
-          <x:t>26,085</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,185</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>26,115</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26,065</x:t>
-[...16 lines deleted...]
-          <x:t>26,125</x:t>
+          <x:t>26,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,145</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>26,165</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...55 lines deleted...]
-          <x:t>26,115</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,305</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>26,165</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...84 lines deleted...]
-          <x:t>08.12.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,415</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>26,285</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26,345</x:t>
-[...241 lines deleted...]
-        <x:is>
           <x:t>26,415</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...6 lines deleted...]
-          <x:t>26,415</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,110</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>