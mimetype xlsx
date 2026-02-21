--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdd5ced1f9ae34b7e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raf4b8c7fcb1c40aa" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2ff0b5ab386b42d3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R002858532d3e4efe"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R75043922b722429d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2ff0b5ab386b42d3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re492b8baa3fe4e5c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R002858532d3e4efe" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ETP on SaW SmartAdapt Portfolio Dynamisch Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1467581596</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...323 lines deleted...]
-          <x:t>05.01.2026</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,865</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>26,685</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26,735</x:t>
-[...21 lines deleted...]
-          <x:t>26,765</x:t>
+          <x:t>26,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,815</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>26,925</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26,685</x:t>
+          <x:t>26,705</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>26,925</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>07.01.2026</x:t>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>26,995</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26,995</x:t>
-[...63 lines deleted...]
-          <x:t>27,110</x:t>
+          <x:t>27,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,158</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>