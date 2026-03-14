--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raf4b8c7fcb1c40aa" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R38213f1b7f284d31" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R002858532d3e4efe"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R729cec00fc494f7e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re492b8baa3fe4e5c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R002858532d3e4efe" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rae6f016be81b4cd5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R729cec00fc494f7e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ETP on SaW SmartAdapt Portfolio Dynamisch Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1467581596</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...193 lines deleted...]
-          <x:t>27,048</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,973</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>27,148</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,608</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>26,768</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...126 lines deleted...]
-          <x:t>26,918</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,613</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>26,623</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26,703</x:t>
-[...296 lines deleted...]
-          <x:t>27,158</x:t>
+          <x:t>26,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,115</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>