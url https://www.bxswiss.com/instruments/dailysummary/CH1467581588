--- v0 (2025-10-15)
+++ v1 (2025-11-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raa13c07a49d24a7f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfbefb3963ef74924" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re80f78bd6d7b491b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R87591e3a3cf544b7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbab42bd7c8f747c8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re80f78bd6d7b491b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R94a734eb28e2419b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R87591e3a3cf544b7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ETP on SaW SmartAdapt Portfolio Balanciert Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1467581588</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...350 lines deleted...]
-          <x:t>02.10.2025</x:t>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25,345</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>25,415</x:t>
-[...21 lines deleted...]
-          <x:t>25,375</x:t>
+          <x:t>25,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,325</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25,435</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...77 lines deleted...]
-          <x:t>25,555</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25,495</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>25,545</x:t>
-[...21 lines deleted...]
-          <x:t>25,585</x:t>
+          <x:t>25,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,725</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25,635</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...104 lines deleted...]
-          <x:t>25,535</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,725</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>