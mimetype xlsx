--- v1 (2025-11-26)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfbefb3963ef74924" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcad4ccd4653d4c13" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R87591e3a3cf544b7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0d937bd2908a47b2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R94a734eb28e2419b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R87591e3a3cf544b7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6c1ca9eddbbc4ab0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0d937bd2908a47b2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ETP on SaW SmartAdapt Portfolio Balanciert Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1467581588</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>27.10.2025</x:t>
-[...14 lines deleted...]
-          <x:t>25,595</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,725</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25,635</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...64 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25,725</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...229 lines deleted...]
-          <x:t>12.11.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,865</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25,805</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>25,825</x:t>
-[...252 lines deleted...]
-          <x:t>25,725</x:t>
+          <x:t>25,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,115</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>