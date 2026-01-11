--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcad4ccd4653d4c13" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R02376444d1794528" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0d937bd2908a47b2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R690ee23b3a914cf5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6c1ca9eddbbc4ab0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0d937bd2908a47b2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1d3a2d6346be404f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R690ee23b3a914cf5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ETP on SaW SmartAdapt Portfolio Balanciert Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1467581588</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...193 lines deleted...]
-          <x:t>25,865</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,915</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25,875</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>25,855</x:t>
-[...11 lines deleted...]
-          <x:t>28.11.2025</x:t>
+          <x:t>25,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,885</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25,905</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,045</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25,945</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>25,895</x:t>
-[...16 lines deleted...]
-          <x:t>25,895</x:t>
+          <x:t>25,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,985</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25,915</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>25,855</x:t>
-[...124 lines deleted...]
-          <x:t>25,995</x:t>
+          <x:t>25,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,905</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>26,055</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>25,995</x:t>
+          <x:t>25,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,115</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>26,015</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...226 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>26,115</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>26,015</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,165</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>26,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,635</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>