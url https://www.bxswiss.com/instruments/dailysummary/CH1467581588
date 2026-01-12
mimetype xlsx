--- v3 (2026-01-11)
+++ v4 (2026-01-12)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R02376444d1794528" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb54f92983ee94a82" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R690ee23b3a914cf5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1f4effea68704398"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1d3a2d6346be404f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R690ee23b3a914cf5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re6f3029164e34f00" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1f4effea68704398" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ETP on SaW SmartAdapt Portfolio Balanciert Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1467581588</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25,915</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25,915</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25,875</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25,885</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>