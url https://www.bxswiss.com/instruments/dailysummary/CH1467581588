--- v4 (2026-01-12)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb54f92983ee94a82" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R956ecae037364445" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1f4effea68704398"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R913e7b79e3c047e9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re6f3029164e34f00" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1f4effea68704398" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re4c4175ce096426f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R913e7b79e3c047e9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ETP on SaW SmartAdapt Portfolio Balanciert Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1467581588</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.12.2025</x:t>
-[...247 lines deleted...]
-          <x:t>26,295</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,365</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>26,375</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...131 lines deleted...]
-          <x:t>26,495</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,390</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>26,435</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,430</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>26,485</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.01.2026</x:t>
-[...19 lines deleted...]
-          <x:t>26,635</x:t>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,698</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>