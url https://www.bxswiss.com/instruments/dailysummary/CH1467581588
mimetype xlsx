--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R956ecae037364445" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra3d71077a11c4480" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R913e7b79e3c047e9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R20d13c52298b482a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re4c4175ce096426f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R913e7b79e3c047e9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra294182980414722" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R20d13c52298b482a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ETP on SaW SmartAdapt Portfolio Balanciert Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1467581588</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,390</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>26,435</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-          <x:t>21.01.2026</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,270</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>26,395</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...605 lines deleted...]
-          <x:t>26,698</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,835</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>