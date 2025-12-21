--- v0 (2025-10-15)
+++ v1 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R868b66bb4630483a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd5517a0306064779" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc344100bd9af4a07"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5f65509e6c414bc0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf3bdbb085e574275" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc344100bd9af4a07" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9626965bc2624fe6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5f65509e6c414bc0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ETP on SaW SmartAdapt Portfolio Konservativ Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1467581570</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...377 lines deleted...]
-          <x:t>03.10.2025</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25,215</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>25,245</x:t>
-[...20 lines deleted...]
-        <x:is>
           <x:t>25,265</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>25,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>25,285</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>25,245</x:t>
-[...38 lines deleted...]
-          <x:t>08.10.2025</x:t>
+          <x:t>25,355</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25,285</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>25,285</x:t>
-[...117 lines deleted...]
-          <x:t>25,185</x:t>
+          <x:t>25,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,595</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>