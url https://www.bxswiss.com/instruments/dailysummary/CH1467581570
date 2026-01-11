--- v1 (2025-12-21)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd5517a0306064779" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R44eb250f46b146c1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5f65509e6c414bc0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3d5ee4234fd14395"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9626965bc2624fe6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5f65509e6c414bc0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8c29a5399a464dac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3d5ee4234fd14395" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ETP on SaW SmartAdapt Portfolio Konservativ Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1467581570</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...134 lines deleted...]
-          <x:t>26.11.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,475</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25,485</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,555</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25,495</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>25,475</x:t>
+          <x:t>25,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,535</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25,495</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...13 lines deleted...]
-          <x:t>25,525</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,565</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25,495</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>25,505</x:t>
-[...11 lines deleted...]
-          <x:t>25,535</x:t>
+          <x:t>25,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,595</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25,555</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>25,535</x:t>
-[...393 lines deleted...]
-        <x:is>
           <x:t>25,595</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...11 lines deleted...]
-          <x:t>25,595</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,895</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>