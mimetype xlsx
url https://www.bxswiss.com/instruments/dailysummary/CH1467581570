--- v2 (2026-01-11)
+++ v3 (2026-01-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R44eb250f46b146c1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R322335380ca24abe" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3d5ee4234fd14395"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R597c22c28ec64bea"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8c29a5399a464dac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3d5ee4234fd14395" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcf35e811de3a45f8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R597c22c28ec64bea" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ETP on SaW SmartAdapt Portfolio Konservativ Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1467581570</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,592 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...257 lines deleted...]
-          <x:t>25,645</x:t>
+          <x:t>30.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25,665</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...8 lines deleted...]
-          <x:t>25,715</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25,765</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>25,655</x:t>
-[...102 lines deleted...]
-          <x:t>25,855</x:t>
+          <x:t>25,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,875</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25,815</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>25,855</x:t>
-[...16 lines deleted...]
-          <x:t>25,835</x:t>
+          <x:t>25,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,855</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25,795</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25,815</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.01.2026</x:t>
-[...19 lines deleted...]
-          <x:t>25,895</x:t>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,785</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>