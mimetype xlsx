--- v3 (2026-01-31)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R322335380ca24abe" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R829b8084ebc9463c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R597c22c28ec64bea"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R08c3f9b6b5484f77"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcf35e811de3a45f8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R597c22c28ec64bea" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4be0e130d9d247e1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R08c3f9b6b5484f77" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ETP on SaW SmartAdapt Portfolio Konservativ Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1467581570</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,592 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.12.2025</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25,665</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>25,685</x:t>
-[...549 lines deleted...]
-          <x:t>25,785</x:t>
+          <x:t>25,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,358</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>