--- v0 (2025-10-05)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1d31c6d9417a494e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R21c620671aae4b27" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc472cf1729a14e54"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R476cbfa7000945ec"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8883d514e95c4bee" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc472cf1729a14e54" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rea2733f39dca4d73" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R476cbfa7000945ec" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.00% p.a. Barrier Reverse Convertible on Nvidia</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1467579160</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>03.09.2025</x:t>
-[...31 lines deleted...]
-          <x:t>99,890</x:t>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,200</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,230</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...28 lines deleted...]
-          <x:t>99,360</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,600</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,500</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...94 lines deleted...]
-          <x:t>101,445</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,600</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,115</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...8 lines deleted...]
-          <x:t>12.09.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,165</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,385</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>101,535</x:t>
-[...43 lines deleted...]
-          <x:t>16.09.2025</x:t>
+          <x:t>101,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,225</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,315</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>101,315</x:t>
-[...197 lines deleted...]
-        <x:is>
           <x:t>100,875</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...138 lines deleted...]
-          <x:t>03.10.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,255</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,655</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>101,745</x:t>
-[...9 lines deleted...]
-          <x:t>101,745</x:t>
+          <x:t>101,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,655</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>