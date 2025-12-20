--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R21c620671aae4b27" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb6d5dc6a262447ab" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R476cbfa7000945ec"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1f77b12781754e97"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rea2733f39dca4d73" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R476cbfa7000945ec" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R25e9e9d9cdaf4219" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1f77b12781754e97" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.00% p.a. Barrier Reverse Convertible on Nvidia</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1467579160</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...522 lines deleted...]
-          <x:t>101,125</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,480</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,695</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>101,085</x:t>
-[...80 lines deleted...]
-          <x:t>101,655</x:t>
+          <x:t>98,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,630</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>