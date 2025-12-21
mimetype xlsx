--- v2 (2025-12-20)
+++ v3 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb6d5dc6a262447ab" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbaf552c6df094e79" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1f77b12781754e97"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8e183b63c1dc4467"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R25e9e9d9cdaf4219" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1f77b12781754e97" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd953e7bfbe4946f6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8e183b63c1dc4467" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.00% p.a. Barrier Reverse Convertible on Nvidia</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1467579160</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>19.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,750</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,510</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,700</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,440</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>