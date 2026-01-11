--- v3 (2025-12-21)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbaf552c6df094e79" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R34b383eaf9074732" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8e183b63c1dc4467"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd4c76e42144e41d4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd953e7bfbe4946f6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8e183b63c1dc4467" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1c62705985d0438d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd4c76e42144e41d4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.00% p.a. Barrier Reverse Convertible on Nvidia</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1467579160</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...193 lines deleted...]
-          <x:t>98,080</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,990</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,250</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>97,750</x:t>
-[...70 lines deleted...]
-          <x:t>98,780</x:t>
+          <x:t>98,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>99,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>98,420</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,570</x:t>
-[...102 lines deleted...]
-          <x:t>98,930</x:t>
+          <x:t>99,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,730</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,130</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...209 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,875</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>