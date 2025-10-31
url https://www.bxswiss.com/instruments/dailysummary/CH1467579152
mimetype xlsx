--- v0 (2025-10-06)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6e1c1c988f7346d7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra0cc1a1e60d34b06" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra1769d6cd0e94358"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R61c37a75f25a4b84"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd750f7a3e9374aec" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra1769d6cd0e94358" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R87422e6cf2f34722" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R61c37a75f25a4b84" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8.60% p.a. Barrier Reverse Convertible on Brent Crude Oil</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1467579152</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>04.09.2025</x:t>
-[...149 lines deleted...]
-          <x:t>98,320</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,240</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,460</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12.09.2025</x:t>
-[...188 lines deleted...]
-          <x:t>23.09.2025</x:t>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,740</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,930</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>99,080</x:t>
-[...205 lines deleted...]
-          <x:t>03.10.2025</x:t>
+          <x:t>96,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,170</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,410</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>97,510</x:t>
-[...9 lines deleted...]
-          <x:t>97,390</x:t>
+          <x:t>97,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,580</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>