--- v1 (2025-10-31)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra0cc1a1e60d34b06" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3ac1647727cf4071" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R61c37a75f25a4b84"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re557cef5b2f943ff"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R87422e6cf2f34722" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R61c37a75f25a4b84" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1ab413a62e334071" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re557cef5b2f943ff" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8.60% p.a. Barrier Reverse Convertible on Brent Crude Oil</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1467579152</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>97,580</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,430</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>