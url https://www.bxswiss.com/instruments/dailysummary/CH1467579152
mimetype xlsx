--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3ac1647727cf4071" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb5d10838de4542f8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re557cef5b2f943ff"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf14d651f185642d0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1ab413a62e334071" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re557cef5b2f943ff" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1d7001b484834b3c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf14d651f185642d0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8.60% p.a. Barrier Reverse Convertible on Brent Crude Oil</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1467579152</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...107 lines deleted...]
-          <x:t>25.11.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,890</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,220</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>94,640</x:t>
-[...16 lines deleted...]
-          <x:t>26.11.2025</x:t>
+          <x:t>94,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,760</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,210</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...109 lines deleted...]
-          <x:t>95,220</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,450</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>94,920</x:t>
-[...350 lines deleted...]
-          <x:t>93,430</x:t>
+          <x:t>94,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,400</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>