--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb5d10838de4542f8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Recc95b28368946fa" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf14d651f185642d0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R828ec090925c4f68"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1d7001b484834b3c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf14d651f185642d0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9c09e9571d2d46ee" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R828ec090925c4f68" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8.60% p.a. Barrier Reverse Convertible on Brent Crude Oil</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1467579152</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...365 lines deleted...]
-          <x:t>95,270</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,710</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,570</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...77 lines deleted...]
-          <x:t>96,400</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,250</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>