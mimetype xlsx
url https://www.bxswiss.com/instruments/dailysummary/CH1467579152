--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Recc95b28368946fa" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdb6d98ae88444ed3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R828ec090925c4f68"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc17f1c5f1d704a42"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9c09e9571d2d46ee" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R828ec090925c4f68" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0a28b31877ff4be1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc17f1c5f1d704a42" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8.60% p.a. Barrier Reverse Convertible on Brent Crude Oil</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1467579152</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,165 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...484 lines deleted...]
-        <x:is>
           <x:t>13.02.2026</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16.02.2026</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.02.2026</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18.02.2026</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.02.2026</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...16 lines deleted...]
-          <x:t>94,250</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>