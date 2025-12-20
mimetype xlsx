--- v0 (2025-10-30)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc80b3198a963479b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra1b849dce305454b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Red7b0a6e70114a5d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc7b39e7094094f92"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd83acc4f4435475a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Red7b0a6e70114a5d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rce27d791cec14fed" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc7b39e7094094f92" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16.00% p.a. JB Autocallable Multi Reverse Convertible auf Advanced Micro Devices Inc, Broadcom Inc, Oracle Corp</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1467328923</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,286 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.09.2025</x:t>
-[...253 lines deleted...]
-          <x:t>100,275</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,075</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>