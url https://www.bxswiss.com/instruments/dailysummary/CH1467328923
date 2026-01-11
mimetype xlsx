--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra1b849dce305454b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R49846e16561d445e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc7b39e7094094f92"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R35df32cdaaa143a3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rce27d791cec14fed" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc7b39e7094094f92" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rda57cf9f93924cff" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R35df32cdaaa143a3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16.00% p.a. JB Autocallable Multi Reverse Convertible auf Advanced Micro Devices Inc, Broadcom Inc, Oracle Corp</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1467328923</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...4 lines deleted...]
-          <x:t>96,175</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,375</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,575</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...77 lines deleted...]
-          <x:t>93,575</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,275</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>90,775</x:t>
-[...21 lines deleted...]
-          <x:t>92,075</x:t>
+          <x:t>90,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,275</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,375</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...30 lines deleted...]
-          <x:t>26.11.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,125</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>94,825</x:t>
+          <x:t>93,225</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,675</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>94,325</x:t>
-[...345 lines deleted...]
-          <x:t>90,925</x:t>
+          <x:t>93,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,675</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...89 lines deleted...]
-          <x:t>92,275</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,375</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,375</x:t>
-        </x:is>
-[...8 lines deleted...]
-          <x:t>93,075</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>