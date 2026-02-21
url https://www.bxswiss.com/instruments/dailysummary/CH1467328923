--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R49846e16561d445e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1c629a9fcea349db" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R35df32cdaaa143a3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rde63c990a3274e8e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rda57cf9f93924cff" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R35df32cdaaa143a3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5ee8ed0bbf484f4c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rde63c990a3274e8e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16.00% p.a. JB Autocallable Multi Reverse Convertible auf Advanced Micro Devices Inc, Broadcom Inc, Oracle Corp</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1467328923</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...90 lines deleted...]
-          <x:t>92,725</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,925</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>91,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>91,675</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...317 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,025</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...23 lines deleted...]
-          <x:t>93,375</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,725</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>