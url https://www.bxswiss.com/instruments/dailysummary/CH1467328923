--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1c629a9fcea349db" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R72f915cb82cf4da5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rde63c990a3274e8e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4946aad9e3b84be1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5ee8ed0bbf484f4c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rde63c990a3274e8e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4ad2fb3f637f4ad2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4946aad9e3b84be1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16.00% p.a. JB Autocallable Multi Reverse Convertible auf Advanced Micro Devices Inc, Broadcom Inc, Oracle Corp</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1467328923</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...242 lines deleted...]
-          <x:t>02.02.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,875</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>84,025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>88,825</x:t>
+          <x:t>81,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,725</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>83,975</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>87,825</x:t>
-[...16 lines deleted...]
-          <x:t>86,225</x:t>
+          <x:t>82,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>83,525</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>84,175</x:t>
-[...96 lines deleted...]
-        <x:is>
           <x:t>83,725</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>79,375</x:t>
-[...11 lines deleted...]
-          <x:t>10.02.2026</x:t>
+          <x:t>81,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,075</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>84,225</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...99 lines deleted...]
-          <x:t>16.02.2026</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,375</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>84,275</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>84,425</x:t>
-[...117 lines deleted...]
-          <x:t>81,725</x:t>
+          <x:t>82,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,925</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>