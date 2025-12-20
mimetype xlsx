--- v0 (2025-11-14)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R04f8da72d2d94ca2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdefd1a3c741347c2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2aca6630e1f34112"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3b41abcafc514bd7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5b17fafef9b44978" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2aca6630e1f34112" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R861a28ffc23a4db7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3b41abcafc514bd7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21Shares XDC Network ETP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1464217285</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>13,676</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,275</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>