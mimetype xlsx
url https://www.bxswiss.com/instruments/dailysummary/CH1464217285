--- v1 (2025-12-20)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdefd1a3c741347c2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R875509b2d57548c0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3b41abcafc514bd7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2191893c71374c99"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R861a28ffc23a4db7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3b41abcafc514bd7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1ab744b0a31a494c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2191893c71374c99" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21Shares XDC Network ETP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1464217285</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>19.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,282</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,890</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,254</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,295</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>