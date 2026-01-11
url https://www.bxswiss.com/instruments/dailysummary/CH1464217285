--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R875509b2d57548c0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R355d690defb84d08" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2191893c71374c99"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra08d49d4cfda4964"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1ab744b0a31a494c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2191893c71374c99" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R17a99783bb774879" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra08d49d4cfda4964" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21Shares XDC Network ETP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1464217285</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,573 +149,168 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...53 lines deleted...]
-          <x:t>21.11.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,087</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12,181</x:t>
-[...457 lines deleted...]
-        <x:is>
           <x:t>12,268</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,614</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,778</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,452</x:t>
         </x:is>
       </x:c>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,236</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,505</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,236</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,878</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>