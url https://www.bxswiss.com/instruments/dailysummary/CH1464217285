--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R355d690defb84d08" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfb1e8f9eb9b24fdd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra08d49d4cfda4964"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9fcfa46164a046b4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R17a99783bb774879" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra08d49d4cfda4964" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R43bf08936e9d41b5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9fcfa46164a046b4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21Shares XDC Network ETP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1464217285</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>11,878</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,198</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>