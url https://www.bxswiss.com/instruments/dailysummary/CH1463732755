--- v0 (2025-10-05)
+++ v1 (2025-11-01)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra6f8f19ef6dc4697" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9eee547f6de44c87" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3d4d0cdb11e5409e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R419832586ce74c44"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Racb3cfc2ef204a2f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3d4d0cdb11e5409e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R13d0f909c5d94aa5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R419832586ce74c44" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrants auf Swiss Market Index (SMI®)</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1463732755</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>03.09.2025</x:t>
-[...26 lines deleted...]
-          <x:t>04.09.2025</x:t>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,330</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,350</x:t>
-        </x:is>
-[...580 lines deleted...]
-          <x:t>1,605</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>