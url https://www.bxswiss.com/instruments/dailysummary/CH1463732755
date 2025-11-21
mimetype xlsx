--- v1 (2025-11-01)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9eee547f6de44c87" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R810db254d5554446" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R419832586ce74c44"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdd08c57ea6f6483c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R13d0f909c5d94aa5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R419832586ce74c44" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcecf0435559242e9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdd08c57ea6f6483c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrants auf Swiss Market Index (SMI®)</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1463732755</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.09.2025</x:t>
-[...31 lines deleted...]
-          <x:t>1,280</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,420</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,450</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,270</x:t>
+          <x:t>1,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,390</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,440</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>02.10.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,430</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,520</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,570</x:t>
+          <x:t>1,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,530</x:t>
-[...38 lines deleted...]
-          <x:t>1,635</x:t>
+          <x:t>1,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,680</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,705</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...55 lines deleted...]
-          <x:t>1,705</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,775</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,835</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...8 lines deleted...]
-          <x:t>1,815</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,855</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,785</x:t>
-[...97 lines deleted...]
-          <x:t>1,725</x:t>
+          <x:t>1,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,735</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,745</x:t>
-        </x:is>
-[...332 lines deleted...]
-          <x:t>1,350</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>