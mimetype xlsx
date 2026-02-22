--- v2 (2025-11-21)
+++ v3 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R810db254d5554446" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra5f4e10345a64ff9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdd08c57ea6f6483c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8861954a873d46d3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcecf0435559242e9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdd08c57ea6f6483c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9dee0ac32fe0428f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8861954a873d46d3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrants auf Swiss Market Index (SMI®)</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1463732755</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>1,745</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,385</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>