--- v3 (2026-02-22)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra5f4e10345a64ff9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R623057eba349454c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8861954a873d46d3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9db01411f06e4405"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9dee0ac32fe0428f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8861954a873d46d3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R50d461ca8fa24b39" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9db01411f06e4405" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrants auf Swiss Market Index (SMI®)</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1463732755</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...63 lines deleted...]
-          <x:t>2,455</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,105</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,305</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,335</x:t>
-[...97 lines deleted...]
-          <x:t>2,415</x:t>
+          <x:t>2,015</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,175</x:t>
-        </x:is>
-[...435 lines deleted...]
-          <x:t>3,385</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>