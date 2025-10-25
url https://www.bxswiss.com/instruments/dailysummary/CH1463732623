--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf1a8e439f813480b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd762f96e654e4240" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1a4a6e0203674f9c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R84d83eb70bfb4646"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb8f728d10ae84d55" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1a4a6e0203674f9c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd5c88efe70c74611" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R84d83eb70bfb4646" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrants auf Bachem Holding AG</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1463732623</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,505 +149,100 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...31 lines deleted...]
-          <x:t>0,795</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,825</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,790</x:t>
-[...15 lines deleted...]
-        <x:is>
           <x:t>0,825</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...391 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,700</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,700</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,570</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,610</x:t>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,620</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,660</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,590</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,580</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>