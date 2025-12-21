--- v1 (2025-10-25)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd762f96e654e4240" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R51ed24f3250e41ab" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R84d83eb70bfb4646"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbf9bf17ed8734bf0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd5c88efe70c74611" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R84d83eb70bfb4646" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R68c107c762ee42fb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbf9bf17ed8734bf0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrants auf Bachem Holding AG</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1463732623</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...414 lines deleted...]
-          <x:t>0,590</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,490</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,530</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,530</x:t>
-[...60 lines deleted...]
-          <x:t>17.10.2025</x:t>
+          <x:t>0,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,470</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,520</x:t>
+          <x:t>0,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,450</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,490</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,500</x:t>
-[...6 lines deleted...]
-          <x:t>20.10.2025</x:t>
+          <x:t>0,440</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,480</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,490</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,460</x:t>
-[...96 lines deleted...]
-        <x:is>
           <x:t>0,565</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,590</x:t>
-[...9 lines deleted...]
-          <x:t>0,580</x:t>
+          <x:t>0,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>