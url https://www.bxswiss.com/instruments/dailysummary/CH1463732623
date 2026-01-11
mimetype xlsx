--- v2 (2025-12-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R51ed24f3250e41ab" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re6ba4aeeca1e45d8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbf9bf17ed8734bf0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R416e5b3c5b3940ce"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R68c107c762ee42fb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbf9bf17ed8734bf0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8221cca167de4e18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R416e5b3c5b3940ce" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrants auf Bachem Holding AG</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1463732623</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...220 lines deleted...]
-          <x:t>0,370</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,440</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,400</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,360</x:t>
-[...11 lines deleted...]
-          <x:t>02.12.2025</x:t>
+          <x:t>0,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,450</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,490</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,530</x:t>
-[...8 lines deleted...]
-        <x:is>
           <x:t>0,440</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...64 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,480</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...234 lines deleted...]
-          <x:t>0,450</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,490</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,440</x:t>
-[...11 lines deleted...]
-          <x:t>19.12.2025</x:t>
+          <x:t>0,565</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,490</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,565</x:t>
-[...8 lines deleted...]
-        <x:is>
           <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>