--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re6ba4aeeca1e45d8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R24a11de3018543a4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R416e5b3c5b3940ce"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3ac0865e46d244fc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8221cca167de4e18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R416e5b3c5b3940ce" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra6f582ccb119421f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3ac0865e46d244fc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrants auf Bachem Holding AG</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1463732623</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>0,725</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>