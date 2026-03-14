--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R24a11de3018543a4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2f53cfb64a7c4de5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3ac0865e46d244fc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0992798625394a31"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra6f582ccb119421f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3ac0865e46d244fc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R017ddb657a194ea7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0992798625394a31" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrants auf Bachem Holding AG</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1463732623</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,845</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,985</x:t>
-[...269 lines deleted...]
-          <x:t>1,035</x:t>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,925</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,945</x:t>
-[...70 lines deleted...]
-          <x:t>0,935</x:t>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,855</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...116 lines deleted...]
-          <x:t>13.02.2026</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,815</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,845</x:t>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,785</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,825</x:t>
-[...134 lines deleted...]
-          <x:t>0,855</x:t>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>