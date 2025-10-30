--- v0 (2025-10-05)
+++ v1 (2025-10-30)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Racda67b0aaed47ba" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb8983143c7184dfd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2d584bffe47a44c1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbd52d68bdd974bb5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R876d98630c2347ee" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2d584bffe47a44c1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re5d5b772451c4910" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbd52d68bdd974bb5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrants auf BKW AG</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1463732474</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>03.09.2025</x:t>
-[...193 lines deleted...]
-          <x:t>0,265</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,280</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,300</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,265</x:t>
+          <x:t>0,270</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,300</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,280</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,290</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,290</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,300</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,285</x:t>
-[...209 lines deleted...]
-        <x:is>
           <x:t>0,290</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,265</x:t>
-[...74 lines deleted...]
-        <x:is>
           <x:t>0,300</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>0,270</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,300</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>01.10.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,340</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,310</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,310</x:t>
-[...63 lines deleted...]
-          <x:t>0,320</x:t>
+          <x:t>0,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,420</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>