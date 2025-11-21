--- v1 (2025-10-30)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb8983143c7184dfd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3c38884e2b9c4cc2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbd52d68bdd974bb5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8a5ee69d429c4e51"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re5d5b772451c4910" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbd52d68bdd974bb5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3aee1f1e56ef46e4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8a5ee69d429c4e51" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrants auf BKW AG</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1463732474</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...36 lines deleted...]
-          <x:t>0,300</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,255</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,270</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,300</x:t>
-[...593 lines deleted...]
-          <x:t>0,420</x:t>
+          <x:t>0,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,215</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>