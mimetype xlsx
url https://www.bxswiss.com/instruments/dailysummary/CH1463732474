--- v2 (2025-11-21)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3c38884e2b9c4cc2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R91a3844c630143f9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8a5ee69d429c4e51"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R95c4c889c4a84648"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3aee1f1e56ef46e4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8a5ee69d429c4e51" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcb449bf56711400c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R95c4c889c4a84648" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrants auf BKW AG</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1463732474</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...392 lines deleted...]
-          <x:t>0,225</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,215</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,235</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...13 lines deleted...]
-          <x:t>0,275</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,225</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,245</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,260</x:t>
-[...16 lines deleted...]
-          <x:t>0,270</x:t>
+          <x:t>0,225</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,245</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-          <x:t>0,270</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,235</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,255</x:t>
-[...10 lines deleted...]
-        <x:is>
           <x:t>0,245</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,245</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...23 lines deleted...]
-          <x:t>0,225</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,195</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,205</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...69 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,195</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,215</x:t>
-[...26 lines deleted...]
-          <x:t>0,215</x:t>
+          <x:t>0,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,235</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>