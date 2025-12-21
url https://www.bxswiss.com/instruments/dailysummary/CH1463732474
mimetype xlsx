--- v3 (2025-12-20)
+++ v4 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R91a3844c630143f9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6ff9396066a5466a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R95c4c889c4a84648"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc9e87fc5d1af4fd0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcb449bf56711400c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R95c4c889c4a84648" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R37aa88e030af4f59" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc9e87fc5d1af4fd0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrants auf BKW AG</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1463732474</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>19.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,215</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,225</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,195</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,215</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>