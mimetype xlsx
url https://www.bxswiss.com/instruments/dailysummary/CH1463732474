--- v4 (2025-12-21)
+++ v5 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6ff9396066a5466a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfc5816072325494f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc9e87fc5d1af4fd0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb536ab9a20e94e27"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R37aa88e030af4f59" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc9e87fc5d1af4fd0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re5a42988200743c2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb536ab9a20e94e27" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrants auf BKW AG</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1463732474</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
+          <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,215</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,225</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,195</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,215</x:t>
-[...43 lines deleted...]
-          <x:t>0,215</x:t>
+          <x:t>0,205</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,195</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,205</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.11.2025</x:t>
-[...4 lines deleted...]
-          <x:t>0,205</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,225</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,195</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,215</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>25.11.2025</x:t>
-[...4 lines deleted...]
-          <x:t>0,215</x:t>
+          <x:t>23.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,225</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,205</x:t>
-[...16 lines deleted...]
-          <x:t>0,215</x:t>
+          <x:t>0,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,235</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,215</x:t>
-[...16 lines deleted...]
-          <x:t>0,225</x:t>
+          <x:t>0,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,215</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,245</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>0,225</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,245</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...428 lines deleted...]
-          <x:t>0,235</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>