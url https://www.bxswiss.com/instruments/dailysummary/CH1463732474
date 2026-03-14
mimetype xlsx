--- v5 (2026-01-11)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfc5816072325494f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6606563ecad14fcb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb536ab9a20e94e27"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R16c16ae3756949ec"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re5a42988200743c2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb536ab9a20e94e27" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2e31f446c9c34270" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R16c16ae3756949ec" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrants auf BKW AG</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1463732474</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>0,305</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,085</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>