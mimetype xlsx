--- v0 (2025-10-04)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdcdbf9c9e18d4ecf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5b5637a9d61d4267" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1cb6eb9e82fc4e60"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Reab0dd058b8345a4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3eb60cc0046b4b10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1cb6eb9e82fc4e60" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R16f69852b0f74012" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Reab0dd058b8345a4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrants auf Galderma Group AG</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1463732136</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...4 lines deleted...]
-          <x:t>1,115</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,195</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,125</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,025</x:t>
-[...80 lines deleted...]
-          <x:t>1,155</x:t>
+          <x:t>1,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,175</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,225</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
-[...9 lines deleted...]
-          <x:t>1,265</x:t>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,290</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,195</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,205</x:t>
-[...47 lines deleted...]
-        <x:is>
           <x:t>1,225</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...460 lines deleted...]
-          <x:t>1,085</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,695</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>