--- v1 (2025-12-20)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5b5637a9d61d4267" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9eb2f7c3c1804f0c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Reab0dd058b8345a4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra679a1341fe7495e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R16f69852b0f74012" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Reab0dd058b8345a4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R768a119298214029" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra679a1341fe7495e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrants auf Galderma Group AG</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1463732136</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>19.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,215</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,250</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,175</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,225</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>