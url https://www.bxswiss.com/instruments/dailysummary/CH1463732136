--- v2 (2025-12-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9eb2f7c3c1804f0c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1eef4fcbf86244a3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra679a1341fe7495e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbb8cd231a0604946"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R768a119298214029" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra679a1341fe7495e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R85e4248802d841d3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbb8cd231a0604946" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrants auf Galderma Group AG</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1463732136</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...274 lines deleted...]
-          <x:t>1,560</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,810</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,670</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,560</x:t>
-[...15 lines deleted...]
-        <x:is>
           <x:t>1,670</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>1,700</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,580</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,660</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...8 lines deleted...]
-          <x:t>05.12.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,720</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,750</x:t>
-[...30 lines deleted...]
-        <x:is>
           <x:t>1,720</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,730</x:t>
-[...236 lines deleted...]
-        <x:is>
           <x:t>1,635</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,765</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>