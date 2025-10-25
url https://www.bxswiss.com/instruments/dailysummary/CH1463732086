--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re9f0382315ef486d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8c9fb7c3f5854d52" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R792cc0354b5742da"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbbddc98edd434cc8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc2d36625dc2d4f9e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R792cc0354b5742da" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8b0d1fc5da7e445d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbbddc98edd434cc8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrants auf Galderma Group AG</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1463732086</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,210</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,220</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>1,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>1,105</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>1,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>1,125</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>03.09.2025</x:t>
-[...9 lines deleted...]
-          <x:t>1,175</x:t>
+          <x:t>21.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,125</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,145</x:t>
-[...38 lines deleted...]
-          <x:t>1,250</x:t>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,340</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,250</x:t>
-[...15 lines deleted...]
-        <x:is>
           <x:t>1,350</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,370</x:t>
-[...4 lines deleted...]
-          <x:t>1,290</x:t>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,190</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,300</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...231 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,180</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,280</x:t>
-[...15 lines deleted...]
-        <x:is>
           <x:t>1,260</x:t>
-        </x:is>
-[...251 lines deleted...]
-          <x:t>1,180</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>