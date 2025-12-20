--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8c9fb7c3f5854d52" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb86898c4612b4902" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbbddc98edd434cc8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R83b21e9275be410f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8b0d1fc5da7e445d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbbddc98edd434cc8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R49d5e6eb069047ce" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R83b21e9275be410f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrants auf Galderma Group AG</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1463732086</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,330</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,240</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,250</x:t>
-[...264 lines deleted...]
-          <x:t>1,270</x:t>
+          <x:t>1,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,350</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,240</x:t>
+          <x:t>1,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,300</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,350</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.10.2025</x:t>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,430</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,370</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,430</x:t>
-[...333 lines deleted...]
-          <x:t>1,260</x:t>
+          <x:t>1,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,875</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>