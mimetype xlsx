--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb86898c4612b4902" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R13d7191eab2943f0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R83b21e9275be410f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4e45bb8efc194dfd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R49d5e6eb069047ce" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R83b21e9275be410f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R104fbbca586e4111" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4e45bb8efc194dfd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrants auf Galderma Group AG</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1463732086</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...301 lines deleted...]
-          <x:t>1,730</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,855</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,720</x:t>
-[...11 lines deleted...]
-          <x:t>04.12.2025</x:t>
+          <x:t>1,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,795</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,845</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,895</x:t>
+          <x:t>1,785</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,835</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...8 lines deleted...]
-          <x:t>05.12.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,945</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,905</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,930</x:t>
-[...133 lines deleted...]
-        <x:is>
           <x:t>1,925</x:t>
-        </x:is>
-[...143 lines deleted...]
-          <x:t>1,875</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>