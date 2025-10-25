--- v0 (2025-10-03)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1c07c44036ca4e1b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R27d794e0c5584c79" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R179d4d8d0759470e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R180a31e6b4e6403c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3b158a146819415b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R179d4d8d0759470e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R02028363f0da4d06" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R180a31e6b4e6403c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrants auf Novartis AG</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1463731369</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...31 lines deleted...]
-          <x:t>0,775</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,815</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,765</x:t>
-[...26 lines deleted...]
-          <x:t>0,785</x:t>
+          <x:t>0,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,865</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...8 lines deleted...]
-          <x:t>0,865</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,955</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,975</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,855</x:t>
+          <x:t>0,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,925</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...8 lines deleted...]
-          <x:t>0,925</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,915</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,945</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...519 lines deleted...]
-          <x:t>0,915</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,935</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>