--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R27d794e0c5584c79" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R258cab8674294199" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R180a31e6b4e6403c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2eaace1423744109"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R02028363f0da4d06" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R180a31e6b4e6403c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R83bfe326c6bc4ecf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2eaace1423744109" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrants auf Novartis AG</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1463731369</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...161 lines deleted...]
-          <x:t>01.10.2025</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,815</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,915</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...13 lines deleted...]
-          <x:t>02.10.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,975</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,995</x:t>
-[...16 lines deleted...]
-          <x:t>03.10.2025</x:t>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,945</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,055</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,935</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,005</x:t>
-[...11 lines deleted...]
-          <x:t>1,015</x:t>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,075</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,985</x:t>
-[...65 lines deleted...]
-          <x:t>09.10.2025</x:t>
+          <x:t>1,105</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,055</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,105</x:t>
-[...20 lines deleted...]
-        <x:is>
           <x:t>1,075</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,095</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,985</x:t>
-[...274 lines deleted...]
-          <x:t>0,935</x:t>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>