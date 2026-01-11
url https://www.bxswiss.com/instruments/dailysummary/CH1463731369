--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R258cab8674294199" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb56a5c1a9bfe4b48" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2eaace1423744109"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rff5e37bfe14c424d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R83bfe326c6bc4ecf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2eaace1423744109" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0f12ac9731574c35" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rff5e37bfe14c424d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrants auf Novartis AG</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1463731369</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...85 lines deleted...]
-          <x:t>0,715</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,825</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,715</x:t>
-[...47 lines deleted...]
-        <x:is>
           <x:t>0,945</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-          <x:t>0,925</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,975</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,905</x:t>
-[...16 lines deleted...]
-          <x:t>0,905</x:t>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,945</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,895</x:t>
-[...92 lines deleted...]
-          <x:t>03.12.2025</x:t>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,035</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,135</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>1,025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,085</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>04.12.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,185</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,055</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,085</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>1,115</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...175 lines deleted...]
-          <x:t>16.12.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,155</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,195</x:t>
-[...90 lines deleted...]
-          <x:t>1,135</x:t>
+          <x:t>1,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,535</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>