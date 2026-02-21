--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb56a5c1a9bfe4b48" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra4f85790a4034628" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rff5e37bfe14c424d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra544a75a089b47b7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0f12ac9731574c35" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rff5e37bfe14c424d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf82b1c8ee9714abe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra544a75a089b47b7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrants auf Novartis AG</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1463731369</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...382 lines deleted...]
-          <x:t>1,405</x:t>
+          <x:t>20.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,555</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,405</x:t>
-[...11 lines deleted...]
-          <x:t>08.01.2026</x:t>
+          <x:t>1,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,665</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,545</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>1,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>1,605</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>1,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>1,515</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>1,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>1,535</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...10 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,595</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...6 lines deleted...]
-          <x:t>1,535</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,635</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>