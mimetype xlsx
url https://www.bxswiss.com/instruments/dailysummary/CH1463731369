--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra4f85790a4034628" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9615f948bf9d4ec3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra544a75a089b47b7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc7c3e219ff9f48da"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf82b1c8ee9714abe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra544a75a089b47b7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbb3c0f7e85b2486b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc7c3e219ff9f48da" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrants auf Novartis AG</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1463731369</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...328 lines deleted...]
-          <x:t>1,865</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,165</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,035</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,785</x:t>
-[...43 lines deleted...]
-          <x:t>2,145</x:t>
+          <x:t>2,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,155</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,025</x:t>
-[...26 lines deleted...]
-          <x:t>2,035</x:t>
+          <x:t>2,345</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,135</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...8 lines deleted...]
-          <x:t>2,155</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,345</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>2,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>2,135</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>2,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>2,335</x:t>
-        </x:is>
-[...187 lines deleted...]
-          <x:t>2,635</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>