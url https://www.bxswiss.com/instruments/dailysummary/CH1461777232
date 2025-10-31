--- v0 (2025-10-08)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R95f4bce139bc4ab5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb7c6b49876c24145" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R653f0872c0614782"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8747304f40154f29"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3ccfffd4480f4e9d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R653f0872c0614782" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0605fd7272934f75" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8747304f40154f29" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Netflix</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1461777232</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
-[...9 lines deleted...]
-          <x:t>1,825</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,625</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,675</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,735</x:t>
-[...70 lines deleted...]
-          <x:t>1,825</x:t>
+          <x:t>1,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,470</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,545</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,605</x:t>
-[...16 lines deleted...]
-          <x:t>1,565</x:t>
+          <x:t>1,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,300</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,435</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,445</x:t>
-[...21 lines deleted...]
-          <x:t>1,345</x:t>
+          <x:t>1,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,475</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...72 lines deleted...]
-          <x:t>1,575</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,595</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,635</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.09.2025</x:t>
-[...252 lines deleted...]
-          <x:t>1,320</x:t>
+          <x:t>22.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,125</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,225</x:t>
-[...80 lines deleted...]
-          <x:t>1,435</x:t>
+          <x:t>1,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>