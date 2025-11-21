--- v1 (2025-10-31)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb7c6b49876c24145" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6ca6e0ab8bce4703" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8747304f40154f29"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb0f9266a26c84956"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0605fd7272934f75" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8747304f40154f29" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6e499a61093e44af" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb0f9266a26c84956" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Netflix</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1461777232</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...90 lines deleted...]
-          <x:t>1,320</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,125</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,225</x:t>
-[...357 lines deleted...]
-          <x:t>22.10.2025</x:t>
+          <x:t>1,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,120</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,125</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,145</x:t>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,860</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,895</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,905</x:t>
-[...161 lines deleted...]
-          <x:t>0,795</x:t>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>