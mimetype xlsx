--- v2 (2025-11-21)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6ca6e0ab8bce4703" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0ca4d6377c5e4bdd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb0f9266a26c84956"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R73247e46dd134a3b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6e499a61093e44af" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb0f9266a26c84956" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9db6b7f5cae741b5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R73247e46dd134a3b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Netflix</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1461777232</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...63 lines deleted...]
-          <x:t>1,145</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,860</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,895</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,905</x:t>
-[...560 lines deleted...]
-        <x:is>
           <x:t>0,715</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,204</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>