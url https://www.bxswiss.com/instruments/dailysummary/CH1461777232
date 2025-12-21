--- v3 (2025-12-20)
+++ v4 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0ca4d6377c5e4bdd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raf6a369c4b494c40" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R73247e46dd134a3b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9b7ce62e98d74c23"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9db6b7f5cae741b5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R73247e46dd134a3b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6651b895351f4808" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9b7ce62e98d74c23" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Netflix</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1461777232</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>19.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,045</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,795</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,805</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>