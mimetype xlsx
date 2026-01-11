--- v4 (2025-12-21)
+++ v5 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raf6a369c4b494c40" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reee9b66d437441a2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9b7ce62e98d74c23"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6a0afa1ec5764592"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6651b895351f4808" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9b7ce62e98d74c23" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R395bd06eb30a4833" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6a0afa1ec5764592" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Netflix</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1461777232</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...333 lines deleted...]
-          <x:t>0,545</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,265</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,325</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,395</x:t>
-[...16 lines deleted...]
-          <x:t>0,445</x:t>
+          <x:t>0,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,265</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,285</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,305</x:t>
-[...21 lines deleted...]
-          <x:t>0,275</x:t>
+          <x:t>0,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,248</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,285</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...40 lines deleted...]
-          <x:t>0,265</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,204</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,216</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,251</x:t>
-[...151 lines deleted...]
-          <x:t>0,212</x:t>
+          <x:t>0,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,160</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,178</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,204</x:t>
+          <x:t>0,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,078</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>