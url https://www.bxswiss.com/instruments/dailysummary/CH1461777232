--- v5 (2026-01-11)
+++ v6 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reee9b66d437441a2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R258e38fe79af46cc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6a0afa1ec5764592"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbb0f22514fc54680"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R395bd06eb30a4833" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6a0afa1ec5764592" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf902b6b1e7244b88" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbb0f22514fc54680" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Netflix</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1461777232</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,222</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,265</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,216</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,251</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>