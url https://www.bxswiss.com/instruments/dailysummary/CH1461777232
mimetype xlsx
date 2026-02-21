--- v6 (2026-01-11)
+++ v7 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R258e38fe79af46cc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb8006a49c7ed4dae" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbb0f22514fc54680"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8214ce0cdb364c9e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf902b6b1e7244b88" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbb0f22514fc54680" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb7d0f852213c4f61" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8214ce0cdb364c9e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Netflix</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1461777232</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.12.2025</x:t>
-[...424 lines deleted...]
-          <x:t>0,078</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,007</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>