--- v7 (2026-02-21)
+++ v8 (2026-03-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb8006a49c7ed4dae" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0badda0bac974c94" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8214ce0cdb364c9e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb4c874fb263a420f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb7d0f852213c4f61" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8214ce0cdb364c9e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R65106973f05f48c7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb4c874fb263a420f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Netflix</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1461777232</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...31 lines deleted...]
-          <x:t>0,024</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,024</x:t>
-[...11 lines deleted...]
-          <x:t>22.01.2026</x:t>
+          <x:t>0,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,049</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,027</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,029</x:t>
-[...16 lines deleted...]
-          <x:t>23.01.2026</x:t>
+          <x:t>0,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,032</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,022</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,024</x:t>
-[...3 lines deleted...]
-        <x:is>
           <x:t>0,022</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...143 lines deleted...]
-          <x:t>02.02.2026</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,015</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,019</x:t>
-[...26 lines deleted...]
-          <x:t>0,014</x:t>
+          <x:t>0,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,013</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,013</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...86 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,008</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,010</x:t>
-[...3 lines deleted...]
-        <x:is>
           <x:t>0,008</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...244 lines deleted...]
-          <x:t>0,007</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>