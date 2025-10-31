--- v0 (2025-10-08)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4fc3c3fab5414d35" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6ed56d46809c48e9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re0e039e81a074f23"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R926ee74c68a14043"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6342eccd414f4451" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re0e039e81a074f23" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5f307a0155c64d80" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R926ee74c68a14043" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Coinbase</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1461777034</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
-[...58 lines deleted...]
-          <x:t>0,435</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,475</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,415</x:t>
-[...11 lines deleted...]
-          <x:t>11.09.2025</x:t>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,425</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,455</x:t>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,405</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,435</x:t>
-[...6 lines deleted...]
-          <x:t>12.09.2025</x:t>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,465</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,465</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,435</x:t>
-[...16 lines deleted...]
-          <x:t>0,455</x:t>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,475</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,435</x:t>
-[...38 lines deleted...]
-          <x:t>17.09.2025</x:t>
+          <x:t>0,585</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,465</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,475</x:t>
-[...21 lines deleted...]
-          <x:t>0,455</x:t>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,575</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,445</x:t>
-[...20 lines deleted...]
-        <x:is>
           <x:t>0,585</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,525</x:t>
-[...11 lines deleted...]
-          <x:t>22.09.2025</x:t>
+          <x:t>0,485</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,515</x:t>
-        </x:is>
-[...310 lines deleted...]
-          <x:t>0,735</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>