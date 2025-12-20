--- v1 (2025-10-31)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6ed56d46809c48e9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcd5f7c84ee3448bd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R926ee74c68a14043"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R76ae1997f4c64028"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5f307a0155c64d80" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R926ee74c68a14043" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9dba288e53254b6f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R76ae1997f4c64028" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Coinbase</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1461777034</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>0,515</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,066</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>