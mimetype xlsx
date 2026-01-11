--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcd5f7c84ee3448bd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc688cf57e8f74f01" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R76ae1997f4c64028"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8d883d33b0e044f1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9dba288e53254b6f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R76ae1997f4c64028" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R39e58ff3084e4384" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8d883d33b0e044f1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Coinbase</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1461777034</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,630 +149,198 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...26 lines deleted...]
-          <x:t>19.11.2025</x:t>
+          <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,170</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,182</x:t>
+          <x:t>0,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,142</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,146</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,146</x:t>
-[...16 lines deleted...]
-          <x:t>0,188</x:t>
+          <x:t>0,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,128</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,134</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,138</x:t>
-[...70 lines deleted...]
-          <x:t>0,132</x:t>
+          <x:t>0,094</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,101</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...369 lines deleted...]
-          <x:t>0,134</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,082</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,094</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,084</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,101</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...42 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,083</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,087</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,080</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,092</x:t>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,072</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,074</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,062</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,044</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>