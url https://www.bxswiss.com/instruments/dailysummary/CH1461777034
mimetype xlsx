--- v3 (2026-01-11)
+++ v4 (2026-01-12)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc688cf57e8f74f01" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R60222c9b27b14def" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8d883d33b0e044f1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rba34d1236c9a43e3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R39e58ff3084e4384" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8d883d33b0e044f1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1b1798528abb42b1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rba34d1236c9a43e3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Coinbase</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1461777034</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,142</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,146</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,118</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,120</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>