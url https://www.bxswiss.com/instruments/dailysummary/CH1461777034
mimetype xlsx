--- v4 (2026-01-12)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R60222c9b27b14def" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2837e627a9674e9f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rba34d1236c9a43e3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra2b3007efa0b4cc4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1b1798528abb42b1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rba34d1236c9a43e3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf2bd6c93b96647cc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra2b3007efa0b4cc4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Coinbase</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1461777034</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.12.2025</x:t>
-[...424 lines deleted...]
-          <x:t>0,044</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>