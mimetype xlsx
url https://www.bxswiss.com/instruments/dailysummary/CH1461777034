--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2837e627a9674e9f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R307e3fb08b9e4d1d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra2b3007efa0b4cc4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf97312a4be274df7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf2bd6c93b96647cc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra2b3007efa0b4cc4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc4794c9d02ef454a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf97312a4be274df7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Coinbase</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1461777034</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,006</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,006</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,006</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,006</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -771,50 +366,455 @@
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,006</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,006</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,006</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,006</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,006</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,006</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,006</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,006</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>