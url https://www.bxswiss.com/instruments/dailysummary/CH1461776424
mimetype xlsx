--- v0 (2025-10-09)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf42cebc0ef154385" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R437352079f1d4468" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R405fa0eaddea45ea"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra88a99c38f7d4a6c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3392c72470df4804" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R405fa0eaddea45ea" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc42b728a2a1447aa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra88a99c38f7d4a6c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1461776424</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
-[...26 lines deleted...]
-          <x:t>09.09.2025</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,625</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,405</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,455</x:t>
-[...26 lines deleted...]
-          <x:t>1,455</x:t>
+          <x:t>1,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,655</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,345</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,435</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.09.2025</x:t>
-[...14 lines deleted...]
-          <x:t>1,265</x:t>
+          <x:t>20.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,275</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...69 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,315</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,415</x:t>
-[...232 lines deleted...]
-          <x:t>1,285</x:t>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,185</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,275</x:t>
-[...97 lines deleted...]
-          <x:t>1,185</x:t>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,075</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,115</x:t>
-[...80 lines deleted...]
-          <x:t>1,125</x:t>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>