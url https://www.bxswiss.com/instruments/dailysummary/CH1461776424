--- v1 (2025-10-31)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R437352079f1d4468" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf3aa6d1759dc476b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra88a99c38f7d4a6c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb3f86cfd9b894cc9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc42b728a2a1447aa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra88a99c38f7d4a6c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R171b5b881a6a4708" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb3f86cfd9b894cc9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1461776424</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>0,865</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,489</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>