--- v2 (2025-12-20)
+++ v3 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf3aa6d1759dc476b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R04388807dee2402d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb3f86cfd9b894cc9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re5623e9e625c4d9b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R171b5b881a6a4708" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb3f86cfd9b894cc9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1e0496cb6db8466c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re5623e9e625c4d9b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1461776424</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,524 +149,92 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...225 lines deleted...]
-          <x:t>0,800</x:t>
+          <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,720</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,726</x:t>
-[...114 lines deleted...]
-          <x:t>05.12.2025</x:t>
+          <x:t>0,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,648</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,660</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,684</x:t>
-[...111 lines deleted...]
-        <x:is>
           <x:t>0,527</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,543</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,487</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,585</x:t>
         </x:is>
       </x:c>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,583</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,583</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,487</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,287</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>