--- v3 (2026-01-10)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R04388807dee2402d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8b773fe1fcb04f81" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re5623e9e625c4d9b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re352244ef6d74f2e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1e0496cb6db8466c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re5623e9e625c4d9b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb1193b0958864c5b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re352244ef6d74f2e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1461776424</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...269 lines deleted...]
-          <x:t>29.12.2025</x:t>
+          <x:t>20.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,371</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,403</x:t>
-[...58 lines deleted...]
-          <x:t>0,299</x:t>
+          <x:t>0,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,309</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>06.01.2026</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,319</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,327</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,347</x:t>
-[...90 lines deleted...]
-          <x:t>0,287</x:t>
+          <x:t>0,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,170</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>