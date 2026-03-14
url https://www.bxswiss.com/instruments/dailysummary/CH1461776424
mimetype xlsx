--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8b773fe1fcb04f81" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc6e48f46c1754d8c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re352244ef6d74f2e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R56b7331db28c4653"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb1193b0958864c5b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re352244ef6d74f2e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra82ddf194502480f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R56b7331db28c4653" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1461776424</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...63 lines deleted...]
-          <x:t>0,285</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,212</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,228</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,236</x:t>
-[...183 lines deleted...]
-          <x:t>0,214</x:t>
+          <x:t>0,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,216</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...197 lines deleted...]
-          <x:t>0,138</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,434</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,212</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,126</x:t>
-[...166 lines deleted...]
-          <x:t>0,170</x:t>
+          <x:t>0,324</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>