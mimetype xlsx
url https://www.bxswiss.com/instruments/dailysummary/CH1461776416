--- v0 (2025-10-31)
+++ v1 (2025-11-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R47bab35e0d0149d3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdae6dba791074357" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R72ab421cbf43471d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rffe6e628c4724d6c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R939a76c6aed842d8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R72ab421cbf43471d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R78d5e191058d4282" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rffe6e628c4724d6c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1461776416</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,965</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,085</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,155</x:t>
-[...53 lines deleted...]
-          <x:t>1,195</x:t>
+          <x:t>0,965</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,085</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,085</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...563 lines deleted...]
-          <x:t>0,775</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,210</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>