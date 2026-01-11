--- v1 (2025-11-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdae6dba791074357" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rad4720dea5f9455f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rffe6e628c4724d6c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R11d5f9c471cb4cfc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R78d5e191058d4282" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rffe6e628c4724d6c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra0b212faf8ac4cb6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R11d5f9c471cb4cfc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1461776416</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...613 lines deleted...]
-          <x:t>1,210</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,251</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>