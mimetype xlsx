--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rad4720dea5f9455f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R99059a45c17f4d9e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R11d5f9c471cb4cfc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd5cb070d43734c76"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra0b212faf8ac4cb6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R11d5f9c471cb4cfc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1ee4904ad7b04e3a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd5cb070d43734c76" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1461776416</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...225 lines deleted...]
-          <x:t>0,425</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,323</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,373</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,381</x:t>
-[...97 lines deleted...]
-          <x:t>0,335</x:t>
+          <x:t>0,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,259</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,269</x:t>
-[...70 lines deleted...]
-          <x:t>0,329</x:t>
+          <x:t>0,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,273</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,273</x:t>
-[...26 lines deleted...]
-          <x:t>0,251</x:t>
+          <x:t>0,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,142</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>