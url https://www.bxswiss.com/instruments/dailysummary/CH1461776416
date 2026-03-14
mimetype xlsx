--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R99059a45c17f4d9e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R93e85be0aaf54b82" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd5cb070d43734c76"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4ef1ed6340ae4e99"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1ee4904ad7b04e3a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd5cb070d43734c76" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R64339cf6acd3453e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4ef1ed6340ae4e99" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1461776416</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...80 lines deleted...]
-          <x:t>23.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,194</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,206</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,244</x:t>
-[...21 lines deleted...]
-          <x:t>0,224</x:t>
+          <x:t>0,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,148</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,232</x:t>
-        </x:is>
-[...521 lines deleted...]
-          <x:t>0,142</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>