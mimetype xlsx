--- v0 (2025-10-31)
+++ v1 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R96944d12e8f740d3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R93ba75bbc6274271" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf4042a47ced84a85"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf90dd7bf86774c00"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re24ff32a73a444b8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf4042a47ced84a85" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R67ee57dcc0424cbd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf90dd7bf86774c00" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1461776408</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,975</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,035</x:t>
-[...21 lines deleted...]
-          <x:t>1,025</x:t>
+          <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,055</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,995</x:t>
-[...598 lines deleted...]
-          <x:t>0,695</x:t>
+          <x:t>1,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,936</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>