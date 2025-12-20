--- v1 (2025-11-21)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R93ba75bbc6274271" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd94617b076b945e7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf90dd7bf86774c00"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R099984af2bce4368"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R67ee57dcc0424cbd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf90dd7bf86774c00" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R58623dbe78144a88" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R099984af2bce4368" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1461776408</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...592 lines deleted...]
-        <x:is>
           <x:t>19.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,055</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,096</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,978</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,086</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,966</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,988</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,802</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,371</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>