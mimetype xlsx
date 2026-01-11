--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd94617b076b945e7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R89d1c7cb88354a2f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R099984af2bce4368"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R41193944b3d54fca"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R58623dbe78144a88" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R099984af2bce4368" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb42f44fb7d804c74" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R41193944b3d54fca" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1461776408</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,497 +149,92 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...296 lines deleted...]
-          <x:t>04.12.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,516</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,524</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-          <x:t>05.12.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,506</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,514</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,534</x:t>
-[...111 lines deleted...]
-        <x:is>
           <x:t>0,415</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,423</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,385</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,463</x:t>
         </x:is>
       </x:c>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,449</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,449</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,371</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,220</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>