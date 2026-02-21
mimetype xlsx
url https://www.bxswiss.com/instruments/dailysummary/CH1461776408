--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R89d1c7cb88354a2f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1db68eec8fde4863" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R41193944b3d54fca"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd68b590115fa4b4e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb42f44fb7d804c74" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R41193944b3d54fca" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rca6881ac8cc14c4b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd68b590115fa4b4e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1461776408</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...323 lines deleted...]
-          <x:t>05.01.2026</x:t>
+          <x:t>20.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,281</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,289</x:t>
+          <x:t>0,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,162</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,228</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...50 lines deleted...]
-          <x:t>0,210</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,234</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,240</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...50 lines deleted...]
-          <x:t>0,220</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,120</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>