--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1db68eec8fde4863" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0fd54fe938f34cf9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd68b590115fa4b4e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R43e8c9dac9104291"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rca6881ac8cc14c4b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd68b590115fa4b4e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6d9e5b192cfc4504" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R43e8c9dac9104291" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1461776408</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...53 lines deleted...]
-          <x:t>22.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,160</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,214</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,214</x:t>
-[...80 lines deleted...]
-          <x:t>0,202</x:t>
+          <x:t>0,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,106</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,166</x:t>
-        </x:is>
-[...489 lines deleted...]
-          <x:t>0,120</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>