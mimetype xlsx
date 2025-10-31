--- v0 (2025-10-08)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R03673cae6c3a4257" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R353fc187e34f476a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R967cae191d09466d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9ee5fa3182514795"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2b5c34b7ac37430d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R967cae191d09466d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6f368c73b10d4091" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9ee5fa3182514795" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1461776390</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,065</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...23 lines deleted...]
-          <x:t>1,025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,065</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...131 lines deleted...]
-          <x:t>1,045</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,965</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,035</x:t>
-[...340 lines deleted...]
-          <x:t>0,855</x:t>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,785</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,815</x:t>
-[...20 lines deleted...]
-        <x:is>
           <x:t>0,795</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...28 lines deleted...]
-          <x:t>0,855</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>