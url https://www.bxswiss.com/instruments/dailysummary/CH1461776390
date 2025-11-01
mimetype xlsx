--- v1 (2025-10-31)
+++ v2 (2025-11-01)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R353fc187e34f476a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0538d4281e2746ac" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9ee5fa3182514795"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re683e58602c34ef1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6f368c73b10d4091" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9ee5fa3182514795" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R409ffe6130604e59" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re683e58602c34ef1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1461776390</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,965</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,875</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,935</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,855</x:t>
+          <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,975</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,925</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...18 lines deleted...]
-          <x:t>0,895</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,945</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...10 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,965</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,875</x:t>
-[...48 lines deleted...]
-          <x:t>0,855</x:t>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,785</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,815</x:t>
-[...20 lines deleted...]
-        <x:is>
           <x:t>0,795</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...288 lines deleted...]
-          <x:t>0,825</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,725</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,735</x:t>
-[...74 lines deleted...]
-        <x:is>
           <x:t>0,675</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,675</x:t>
-[...107 lines deleted...]
-          <x:t>0,625</x:t>
+          <x:t>0,715</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>