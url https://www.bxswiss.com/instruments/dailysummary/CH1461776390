--- v2 (2025-11-01)
+++ v3 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0538d4281e2746ac" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R83e7c5ce57da43b8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re683e58602c34ef1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfb1832ac081e4026"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R409ffe6130604e59" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re683e58602c34ef1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R25d98c50627a49eb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfb1832ac081e4026" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1461776390</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.09.2025</x:t>
-[...14 lines deleted...]
-          <x:t>0,895</x:t>
+          <x:t>20.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,945</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...10 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,965</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,875</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,885</x:t>
-[...65 lines deleted...]
-          <x:t>0,805</x:t>
+          <x:t>0,775</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,875</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...256 lines deleted...]
-          <x:t>20.10.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,945</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,965</x:t>
-[...252 lines deleted...]
-          <x:t>0,715</x:t>
+          <x:t>0,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,840</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>