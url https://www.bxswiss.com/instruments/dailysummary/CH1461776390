--- v3 (2025-11-21)
+++ v4 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R83e7c5ce57da43b8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4250b74a69ff48d2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfb1832ac081e4026"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc4a5ed763fa64451"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R25d98c50627a49eb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfb1832ac081e4026" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rface42368499425e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc4a5ed763fa64451" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1461776390</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
+          <x:t>19.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,945</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,965</x:t>
-[...592 lines deleted...]
-        <x:is>
           <x:t>0,986</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,876</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,976</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,864</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,884</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,718</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,327</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>