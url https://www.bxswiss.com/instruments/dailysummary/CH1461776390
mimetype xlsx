--- v4 (2025-12-21)
+++ v5 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4250b74a69ff48d2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc6f7760c8e364361" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc4a5ed763fa64451"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2b655c97f24a4342"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rface42368499425e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc4a5ed763fa64451" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0ed7e23814884bc7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2b655c97f24a4342" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1461776390</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,497 +149,92 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...296 lines deleted...]
-          <x:t>04.12.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,456</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,466</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>0,488</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,448</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,478</x:t>
-[...10 lines deleted...]
-        <x:is>
           <x:t>0,456</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,474</x:t>
-[...111 lines deleted...]
-        <x:is>
           <x:t>0,369</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,377</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,345</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,413</x:t>
         </x:is>
       </x:c>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,395</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,395</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,327</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,194</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>