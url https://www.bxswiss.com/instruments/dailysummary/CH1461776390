--- v5 (2026-01-11)
+++ v6 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc6f7760c8e364361" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1f9970266f9548cd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2b655c97f24a4342"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3150a365f1834459"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0ed7e23814884bc7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2b655c97f24a4342" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbc2e2e9a66894d97" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3150a365f1834459" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1461776390</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...247 lines deleted...]
-          <x:t>0,295</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,307</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,271</x:t>
-[...79 lines deleted...]
-        <x:is>
           <x:t>0,202</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,210</x:t>
-[...16 lines deleted...]
-          <x:t>0,230</x:t>
+          <x:t>0,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,202</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,204</x:t>
-[...80 lines deleted...]
-          <x:t>0,194</x:t>
+          <x:t>0,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,102</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>