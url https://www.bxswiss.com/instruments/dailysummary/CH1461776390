--- v6 (2026-02-21)
+++ v7 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1f9970266f9548cd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf6a047ec387d4364" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3150a365f1834459"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R798e5c206eef4557"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbc2e2e9a66894d97" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3150a365f1834459" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf9e2ef2bf01345cf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R798e5c206eef4557" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1461776390</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...63 lines deleted...]
-          <x:t>0,186</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,310</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,150</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,154</x:t>
-[...6 lines deleted...]
-          <x:t>23.01.2026</x:t>
+          <x:t>0,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,156</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,182</x:t>
-[...291 lines deleted...]
-          <x:t>0,104</x:t>
+          <x:t>0,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,077</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,120</x:t>
-        </x:is>
-[...251 lines deleted...]
-          <x:t>0,102</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>