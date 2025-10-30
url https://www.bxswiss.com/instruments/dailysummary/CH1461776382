--- v0 (2025-10-08)
+++ v1 (2025-10-30)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf7bbd4cc714c4d48" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R185b184ebfcd49f9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R623accbb096f469b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4a1c02b98d7f4883"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6942550636a1437f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R623accbb096f469b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R11e729e4431540a2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4a1c02b98d7f4883" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1461776382</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,965</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...23 lines deleted...]
-          <x:t>0,925</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,965</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...131 lines deleted...]
-          <x:t>0,945</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,875</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,935</x:t>
-[...124 lines deleted...]
-          <x:t>0,835</x:t>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,775</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,815</x:t>
-[...222 lines deleted...]
-          <x:t>06.10.2025</x:t>
+          <x:t>0,715</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,725</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...38 lines deleted...]
-          <x:t>0,765</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>