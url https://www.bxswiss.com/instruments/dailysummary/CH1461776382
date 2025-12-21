--- v1 (2025-10-30)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R185b184ebfcd49f9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R954fe625808d4cee" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4a1c02b98d7f4883"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R01980bf42d7d476b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R11e729e4431540a2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4a1c02b98d7f4883" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re5fd530f00774d13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R01980bf42d7d476b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1461776382</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>0,565</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,289</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>