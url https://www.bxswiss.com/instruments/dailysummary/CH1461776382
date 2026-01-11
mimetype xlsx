--- v2 (2025-12-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R954fe625808d4cee" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R94a3cd6140a54bea" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R01980bf42d7d476b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7a5d87b0d3114fb5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re5fd530f00774d13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R01980bf42d7d476b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R60d69e8380d743ff" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7a5d87b0d3114fb5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1461776382</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,495 +149,90 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...306 lines deleted...]
-          <x:t>0,434</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,400</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,426</x:t>
-[...79 lines deleted...]
-        <x:is>
           <x:t>0,406</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...42 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,329</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,337</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,309</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,367</x:t>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,353</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,353</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,289</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,172</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>