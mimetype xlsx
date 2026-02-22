--- v3 (2026-01-11)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R94a3cd6140a54bea" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfcd8de38da284770" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7a5d87b0d3114fb5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R868758f54b174d29"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R60d69e8380d743ff" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7a5d87b0d3114fb5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6fceb61238444bc3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R868758f54b174d29" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1461776382</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...333 lines deleted...]
-          <x:t>0,224</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,271</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,178</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,186</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>06.01.2026</x:t>
-[...9 lines deleted...]
-          <x:t>0,204</x:t>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,180</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,182</x:t>
-[...6 lines deleted...]
-          <x:t>07.01.2026</x:t>
+          <x:t>0,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,122</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,172</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...65 lines deleted...]
-          <x:t>0,172</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,088</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>