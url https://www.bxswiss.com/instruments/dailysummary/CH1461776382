--- v4 (2026-02-22)
+++ v5 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfcd8de38da284770" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb3346e8bba0a4b71" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R868758f54b174d29"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re6e685f0676f4ee7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6fceb61238444bc3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R868758f54b174d29" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd6b8a74d81cf4cf8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re6e685f0676f4ee7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1461776382</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...41 lines deleted...]
-          <x:t>0,132</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,134</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...18 lines deleted...]
-          <x:t>0,136</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,120</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,140</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...13 lines deleted...]
-          <x:t>0,146</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,254</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,122</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,126</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...175 lines deleted...]
-          <x:t>0,142</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,116</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,122</x:t>
-[...323 lines deleted...]
-          <x:t>0,088</x:t>
+          <x:t>0,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,089</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>