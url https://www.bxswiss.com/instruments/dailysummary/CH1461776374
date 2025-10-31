--- v0 (2025-10-09)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R66d955593dd74d37" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1ec9d5a057484bb8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R21a7a25dfb8d4057"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8f20480f2ce54c5a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcab7ce1526724f80" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R21a7a25dfb8d4057" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdec280aa359e47d5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8f20480f2ce54c5a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1461776374</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,875</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...28 lines deleted...]
-          <x:t>0,865</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,825</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,825</x:t>
-[...87 lines deleted...]
-          <x:t>15.09.2025</x:t>
+          <x:t>0,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,795</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,815</x:t>
-[...161 lines deleted...]
-          <x:t>0,755</x:t>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,705</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,735</x:t>
-[...222 lines deleted...]
-          <x:t>06.10.2025</x:t>
+          <x:t>0,645</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,655</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...65 lines deleted...]
-          <x:t>0,665</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>