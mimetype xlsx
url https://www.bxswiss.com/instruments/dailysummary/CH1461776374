--- v1 (2025-10-31)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1ec9d5a057484bb8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ree99b2b07ffa449a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8f20480f2ce54c5a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfd39190135434061"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdec280aa359e47d5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8f20480f2ce54c5a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R053b9240d395488e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfd39190135434061" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1461776374</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,715</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,755</x:t>
-[...21 lines deleted...]
-          <x:t>0,755</x:t>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,689</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,775</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>0,735</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,765</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...590 lines deleted...]
-          <x:t>0,515</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,680</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>