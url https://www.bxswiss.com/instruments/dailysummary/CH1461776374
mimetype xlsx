--- v2 (2025-11-21)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ree99b2b07ffa449a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc3ce912fb5364303" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfd39190135434061"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9e292a8221a848b9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R053b9240d395488e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfd39190135434061" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7d1c93a197d64a9e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9e292a8221a848b9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1461776374</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,640 +149,73 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,689</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,775</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...580 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,765</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,798</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,706</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,790</x:t>
@@ -791,31 +224,598 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,698</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,714</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,578</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,261</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>