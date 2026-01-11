--- v3 (2025-12-20)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc3ce912fb5364303" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd443c2e732724942" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9e292a8221a848b9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra02b81947c184e59"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7d1c93a197d64a9e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9e292a8221a848b9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3b868e7485094d39" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra02b81947c184e59" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1461776374</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,524 +149,92 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...328 lines deleted...]
-          <x:t>0,374</x:t>
+          <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,390</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,358</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,382</x:t>
-[...10 lines deleted...]
-        <x:is>
           <x:t>0,364</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,378</x:t>
-[...111 lines deleted...]
-        <x:is>
           <x:t>0,297</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,301</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,281</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,333</x:t>
         </x:is>
       </x:c>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,315</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,315</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,261</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,154</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>