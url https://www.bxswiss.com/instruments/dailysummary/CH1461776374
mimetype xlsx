--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd443c2e732724942" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5ca999d9b4f24601" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra02b81947c184e59"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8d172e72e26e4cbb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3b868e7485094d39" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra02b81947c184e59" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6d02f1d121b540d3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8d172e72e26e4cbb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1461776374</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...230 lines deleted...]
-          <x:t>0,234</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,216</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,240</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...99 lines deleted...]
-          <x:t>0,160</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,120</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,168</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...94 lines deleted...]
-          <x:t>0,172</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,108</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,150</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>0,154</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,075</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>