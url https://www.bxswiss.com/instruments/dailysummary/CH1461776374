--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5ca999d9b4f24601" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re104925aa3af4bc9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8d172e72e26e4cbb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd7850ea942c14237"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6d02f1d121b540d3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8d172e72e26e4cbb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3c2e136ca7c54745" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd7850ea942c14237" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1461776374</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...9 lines deleted...]
-          <x:t>0,240</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,089</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,158</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,164</x:t>
-[...70 lines deleted...]
-          <x:t>0,128</x:t>
+          <x:t>0,089</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,106</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-          <x:t>0,130</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,101</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,108</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...239 lines deleted...]
-          <x:t>0,073</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,054</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,077</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.02.2026</x:t>
+          <x:t>12.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,077</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,081</x:t>
-[...4 lines deleted...]
-          <x:t>0,065</x:t>
+          <x:t>0,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,066</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,078</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.02.2026</x:t>
-[...144 lines deleted...]
-          <x:t>0,092</x:t>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,046</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,069</x:t>
-        </x:is>
-[...57 lines deleted...]
-          <x:t>0,075</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>