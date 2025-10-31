--- v0 (2025-10-08)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb9458b7adfaa4430" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd2b92d0fdadf467c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R82e272f928aa4296"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb8bf94214f394e3d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6c843a036f2042a1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R82e272f928aa4296" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1b1e142731d84ce0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb8bf94214f394e3d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1461776366</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,795</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...55 lines deleted...]
-          <x:t>0,785</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,725</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,775</x:t>
-[...340 lines deleted...]
-          <x:t>0,685</x:t>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,635</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,685</x:t>
-[...102 lines deleted...]
-          <x:t>0,575</x:t>
+          <x:t>0,585</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,595</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>06.10.2025</x:t>
-[...46 lines deleted...]
-          <x:t>0,625</x:t>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>