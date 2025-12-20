--- v1 (2025-10-31)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd2b92d0fdadf467c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9460199da551468e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb8bf94214f394e3d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R54d1d0e58ee440ba"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1b1e142731d84ce0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb8bf94214f394e3d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4d09c5988cb440b8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R54d1d0e58ee440ba" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1461776366</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
+          <x:t>18.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,645</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,685</x:t>
-[...80 lines deleted...]
-          <x:t>0,685</x:t>
+          <x:t>0,769</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,625</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,675</x:t>
-[...539 lines deleted...]
-          <x:t>0,465</x:t>
+          <x:t>0,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,232</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>