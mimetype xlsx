--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9460199da551468e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R00707ebe71b34cc1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R54d1d0e58ee440ba"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfde825fbc9304277"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4d09c5988cb440b8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R54d1d0e58ee440ba" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R05976c3107994bbe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfde825fbc9304277" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1461776366</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,522 +149,90 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...230 lines deleted...]
-          <x:t>0,364</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,348</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,368</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...128 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,326</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...40 lines deleted...]
-          <x:t>0,346</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,320</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,326</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...42 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,269</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,273</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,255</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,297</x:t>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,281</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,281</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,232</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,138</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>