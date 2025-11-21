--- v0 (2025-10-08)
+++ v1 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc4dc3b840e4b4f12" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd779ced23f7349fc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R58d363ae86424b4d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3bafa5acd9f54ab3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8aee4b8f083b4aee" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R58d363ae86424b4d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5ff39f5545694361" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3bafa5acd9f54ab3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1461776358</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
-[...63 lines deleted...]
-          <x:t>0,715</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,665</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,705</x:t>
-[...330 lines deleted...]
-          <x:t>29.09.2025</x:t>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,585</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,625</x:t>
-[...53 lines deleted...]
-          <x:t>0,645</x:t>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,585</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,585</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...13 lines deleted...]
-          <x:t>0,615</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,697</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,565</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,605</x:t>
-[...80 lines deleted...]
-          <x:t>0,565</x:t>
+          <x:t>0,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,552</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>