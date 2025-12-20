--- v1 (2025-11-21)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd779ced23f7349fc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6ee27dc4480c401d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3bafa5acd9f54ab3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9527e739148f4571"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5ff39f5545694361" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3bafa5acd9f54ab3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2d386df3f6d646c6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9527e739148f4571" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1461776358</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,635 +149,68 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...14 lines deleted...]
-          <x:t>0,555</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,697</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,565</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...560 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,637</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,627</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,652</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,574</x:t>
@@ -791,31 +224,598 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,568</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,580</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,470</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,210</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>