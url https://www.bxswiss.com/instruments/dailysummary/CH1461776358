--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6ee27dc4480c401d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc9757a97f2264eb6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9527e739148f4571"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R232153759077469c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2d386df3f6d646c6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9527e739148f4571" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R08dfb6ced39a4115" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R232153759077469c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1461776358</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,522 +149,90 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...230 lines deleted...]
-          <x:t>0,330</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,314</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,332</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...128 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,294</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>08.12.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,288</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,316</x:t>
-[...35 lines deleted...]
-        <x:is>
           <x:t>0,294</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...42 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,242</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,246</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,234</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,269</x:t>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,253</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,253</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,210</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,124</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>