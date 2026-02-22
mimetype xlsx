--- v3 (2026-01-11)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc9757a97f2264eb6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R751b3dda059d4e6b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R232153759077469c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3dbc45e897f6436f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R08dfb6ced39a4115" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R232153759077469c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra459dd5a1b3742ae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3dbc45e897f6436f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1461776358</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...225 lines deleted...]
-          <x:t>0,208</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,174</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,192</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,198</x:t>
-[...97 lines deleted...]
-          <x:t>0,160</x:t>
+          <x:t>0,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,095</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,130</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,136</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...40 lines deleted...]
-          <x:t>0,138</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,087</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,118</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...55 lines deleted...]
-          <x:t>0,124</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,058</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>