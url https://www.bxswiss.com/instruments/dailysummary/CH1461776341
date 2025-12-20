--- v0 (2025-10-08)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R371bb260bf294b2a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R61d93f500a654c86" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rebcdc18b35394523"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R087f28bd2e2d4700"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R164797dce9b542ad" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rebcdc18b35394523" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb53af790efba4981" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R087f28bd2e2d4700" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1461776341</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
-[...414 lines deleted...]
-          <x:t>0,565</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,633</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,515</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,565</x:t>
-[...161 lines deleted...]
-          <x:t>0,515</x:t>
+          <x:t>0,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,190</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>