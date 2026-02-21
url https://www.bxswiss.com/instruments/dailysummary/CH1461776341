--- v1 (2025-12-20)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R61d93f500a654c86" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5189c776a70b4f46" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R087f28bd2e2d4700"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R65ada548d5404787"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb53af790efba4981" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R087f28bd2e2d4700" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbc95d446803e48df" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R65ada548d5404787" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1461776341</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...640 lines deleted...]
-          <x:t>0,190</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,050</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>