--- v2 (2026-02-21)
+++ v3 (2026-03-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5189c776a70b4f46" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2081e89586934168" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R65ada548d5404787"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R372639e8ac9941b4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbc95d446803e48df" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R65ada548d5404787" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R878bcfb944964bcc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R372639e8ac9941b4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1461776341</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...53 lines deleted...]
-          <x:t>23.01.2026</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,084</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,098</x:t>
-[...16 lines deleted...]
-          <x:t>26.01.2026</x:t>
+          <x:t>0,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,076</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,085</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,087</x:t>
-[...102 lines deleted...]
-          <x:t>0,099</x:t>
+          <x:t>0,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,054</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,101</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,083</x:t>
-[...11 lines deleted...]
-          <x:t>02.02.2026</x:t>
+          <x:t>0,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,047</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,108</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,108</x:t>
-[...26 lines deleted...]
-          <x:t>0,074</x:t>
+          <x:t>0,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,060</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,062</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...89 lines deleted...]
-          <x:t>09.02.2026</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,046</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,055</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,065</x:t>
+          <x:t>0,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,048</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,052</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,056</x:t>
-[...242 lines deleted...]
-          <x:t>0,050</x:t>
+          <x:t>0,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,039</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>