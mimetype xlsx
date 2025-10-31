--- v0 (2025-10-08)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8d198744a09547b9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5131e936abc64141" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R28783c629d054da7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1c58293196b94b60"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rca35743608f5448e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R28783c629d054da7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R535cf4c974bd4eba" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1c58293196b94b60" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1461776101</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
-[...4 lines deleted...]
-          <x:t>0,295</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,238</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,305</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,285</x:t>
-[...21 lines deleted...]
-          <x:t>0,295</x:t>
+          <x:t>0,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,246</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,275</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...359 lines deleted...]
-          <x:t>29.09.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,208</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,226</x:t>
-[...79 lines deleted...]
-        <x:is>
           <x:t>0,216</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,194</x:t>
-[...85 lines deleted...]
-          <x:t>0,186</x:t>
+          <x:t>0,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,078</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>