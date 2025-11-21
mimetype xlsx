--- v1 (2025-10-31)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5131e936abc64141" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd1a49bc980c04040" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1c58293196b94b60"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R29290bf2cacb470a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R535cf4c974bd4eba" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1c58293196b94b60" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R84de2210a5514c26" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R29290bf2cacb470a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1461776101</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,470 +149,65 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
+          <x:t>20.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,208</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,226</x:t>
-[...79 lines deleted...]
-        <x:is>
           <x:t>0,216</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,194</x:t>
-[...322 lines deleted...]
-        <x:is>
           <x:t>0,156</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,160</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,152</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,154</x:t>
         </x:is>
       </x:c>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,085</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,093</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,076</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,090</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>