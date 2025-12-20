--- v2 (2025-11-21)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd1a49bc980c04040" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R830490303fe54344" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R29290bf2cacb470a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3547e42d28d04a03"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R84de2210a5514c26" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R29290bf2cacb470a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1216160d6a10459e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3547e42d28d04a03" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1461776101</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...41 lines deleted...]
-          <x:t>0,128</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,132</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...42 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,136</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,136</x:t>
-[...6 lines deleted...]
-          <x:t>24.10.2025</x:t>
+          <x:t>0,106</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,118</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...55 lines deleted...]
-          <x:t>0,087</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,073</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,075</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...305 lines deleted...]
-          <x:t>13.11.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,031</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,051</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,065</x:t>
+          <x:t>0,031</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,051</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...136 lines deleted...]
-          <x:t>0,090</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>