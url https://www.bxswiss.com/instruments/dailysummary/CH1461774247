--- v0 (2025-10-07)
+++ v1 (2025-10-30)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R03690caec6574658" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R084b577a97f84383" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8b6acedcf2de478d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6eb37c704e284f74"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R745caebdf68c4aed" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8b6acedcf2de478d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1d49adaf6fd24bbc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6eb37c704e284f74" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1461774247</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.09.2025</x:t>
-[...85 lines deleted...]
-          <x:t>0,295</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,305</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,248</x:t>
-[...16 lines deleted...]
-          <x:t>0,275</x:t>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,365</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>0,275</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,365</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>12.09.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,375</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,375</x:t>
-[...48 lines deleted...]
-          <x:t>0,355</x:t>
+          <x:t>0,395</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,365</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,325</x:t>
-[...16 lines deleted...]
-          <x:t>0,345</x:t>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,395</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,335</x:t>
-[...128 lines deleted...]
-        <x:is>
           <x:t>0,485</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...180 lines deleted...]
-          <x:t>0,455</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,545</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,435</x:t>
-[...3 lines deleted...]
-        <x:is>
           <x:t>0,505</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...23 lines deleted...]
-          <x:t>0,465</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>