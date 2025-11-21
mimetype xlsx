--- v1 (2025-10-30)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R084b577a97f84383" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9ea0c7eaacd249cf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6eb37c704e284f74"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbae74f14db2f4fa1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1d49adaf6fd24bbc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6eb37c704e284f74" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1e2dec87d8be40f0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbae74f14db2f4fa1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1461774247</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,415</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,425</x:t>
-[...112 lines deleted...]
-          <x:t>0,435</x:t>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,447</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,505</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>06.10.2025</x:t>
-[...171 lines deleted...]
-          <x:t>0,385</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,361</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,305</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,385</x:t>
-[...323 lines deleted...]
-          <x:t>0,685</x:t>
+          <x:t>0,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,320</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>