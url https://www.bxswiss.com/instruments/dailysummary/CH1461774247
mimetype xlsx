--- v2 (2025-11-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9ea0c7eaacd249cf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R84dcaf878d484f07" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbae74f14db2f4fa1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra9dae177bf0e4ef9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1e2dec87d8be40f0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbae74f14db2f4fa1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re9a4781829274e8b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra9dae177bf0e4ef9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1461774247</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,347</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,385</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...23 lines deleted...]
-          <x:t>0,405</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,495</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...337 lines deleted...]
-          <x:t>07.11.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,475</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,485</x:t>
-[...252 lines deleted...]
-          <x:t>0,320</x:t>
+          <x:t>0,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,621</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>