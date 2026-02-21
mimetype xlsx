--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R84dcaf878d484f07" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0e9b37e9955e4ca2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra9dae177bf0e4ef9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R287b89359a574946"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re9a4781829274e8b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra9dae177bf0e4ef9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R087b972d3702414e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R287b89359a574946" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1461774247</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...41 lines deleted...]
-          <x:t>0,432</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,585</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...94 lines deleted...]
-          <x:t>0,475</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,383</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,395</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,399</x:t>
-[...296 lines deleted...]
-          <x:t>0,621</x:t>
+          <x:t>0,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,261</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>