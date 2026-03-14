--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0e9b37e9955e4ca2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R31ea5f27bfd04112" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R287b89359a574946"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R181d8a96abfe43b3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R087b972d3702414e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R287b89359a574946" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rea13c2b60dc84164" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R181d8a96abfe43b3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1461774247</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...4 lines deleted...]
-          <x:t>0,377</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,391</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,407</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...202 lines deleted...]
-          <x:t>30.01.2026</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,257</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,335</x:t>
-[...414 lines deleted...]
-          <x:t>0,261</x:t>
+          <x:t>0,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,008</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>