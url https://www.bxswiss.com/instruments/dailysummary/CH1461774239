--- v0 (2025-10-08)
+++ v1 (2025-11-01)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd0c5d65d70cb43ce" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5f118fe2fa2448e2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rba33ccee6fec4d07"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf65f7c55ceaa42c4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R158c9e758fae4aae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rba33ccee6fec4d07" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R44f50b37492f4e5b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf65f7c55ceaa42c4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1461774239</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
-[...58 lines deleted...]
-          <x:t>0,365</x:t>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,385</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,315</x:t>
-[...16 lines deleted...]
-          <x:t>0,345</x:t>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,455</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,345</x:t>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,455</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...91 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,485</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...50 lines deleted...]
-          <x:t>0,545</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,485</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,505</x:t>
-[...254 lines deleted...]
-          <x:t>0,555</x:t>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,665</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...60 lines deleted...]
-          <x:t>0,555</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>