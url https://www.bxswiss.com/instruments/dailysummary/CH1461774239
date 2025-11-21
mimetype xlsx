--- v1 (2025-11-01)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5f118fe2fa2448e2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra944f2585bb84d30" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf65f7c55ceaa42c4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra15e19ff908249a9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R44f50b37492f4e5b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf65f7c55ceaa42c4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0e9c2612880b4b3f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra15e19ff908249a9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1461774239</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.09.2025</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,495</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,525</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,465</x:t>
-[...11 lines deleted...]
-          <x:t>01.10.2025</x:t>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,455</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,535</x:t>
-[...21 lines deleted...]
-          <x:t>0,525</x:t>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,565</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,495</x:t>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,505</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>03.10.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,533</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,555</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...190 lines deleted...]
-          <x:t>0,475</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,451</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,375</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,465</x:t>
-[...350 lines deleted...]
-          <x:t>0,775</x:t>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,398</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>