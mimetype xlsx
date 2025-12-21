--- v2 (2025-11-21)
+++ v3 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra944f2585bb84d30" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R207603b3a7794691" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra15e19ff908249a9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcf0d4d9d103145f2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0e9c2612880b4b3f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra15e19ff908249a9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd8c59dac42604b5a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcf0d4d9d103145f2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1461774239</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...53 lines deleted...]
-          <x:t>22.10.2025</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,689</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,575</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,575</x:t>
+          <x:t>0,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,521</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,525</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...477 lines deleted...]
-          <x:t>0,599</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,459</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,533</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,555</x:t>
-[...80 lines deleted...]
-          <x:t>0,398</x:t>
+          <x:t>0,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,521</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>