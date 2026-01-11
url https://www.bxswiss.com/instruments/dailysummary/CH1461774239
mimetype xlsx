--- v3 (2025-12-21)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R207603b3a7794691" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6cf06f155f6e4beb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcf0d4d9d103145f2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re1b3b35878bc4d41"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd8c59dac42604b5a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcf0d4d9d103145f2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re55487115c3346e6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re1b3b35878bc4d41" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1461774239</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,502 +149,97 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...365 lines deleted...]
-          <x:t>0,536</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,566</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...35 lines deleted...]
-          <x:t>0,496</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,767</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,552</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,474</x:t>
-[...30 lines deleted...]
-        <x:is>
           <x:t>0,747</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,839</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,867</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,715</x:t>
         </x:is>
       </x:c>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,459</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,533</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,459</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,819</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>