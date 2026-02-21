--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6cf06f155f6e4beb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9e408cb84c894e96" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re1b3b35878bc4d41"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re46e19fc4fec4991"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re55487115c3346e6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re1b3b35878bc4d41" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc0de6674d4624096" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re46e19fc4fec4991" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1461774239</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...63 lines deleted...]
-          <x:t>0,867</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,553</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,715</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...45 lines deleted...]
-          <x:t>0,689</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,575</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,583</x:t>
-[...146 lines deleted...]
-          <x:t>0,581</x:t>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,585</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,503</x:t>
-[...166 lines deleted...]
-          <x:t>0,819</x:t>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,423</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>