--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9e408cb84c894e96" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2442865e04674930" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re46e19fc4fec4991"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd9c4ab800b4040a1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc0de6674d4624096" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re46e19fc4fec4991" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R57c1db622f83403f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd9c4ab800b4040a1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1461774239</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,519</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,565</x:t>
-[...106 lines deleted...]
-        <x:is>
           <x:t>0,625</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...50 lines deleted...]
-          <x:t>0,545</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,471</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,475</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...35 lines deleted...]
-          <x:t>30.01.2026</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,553</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,377</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,483</x:t>
-[...112 lines deleted...]
-          <x:t>0,481</x:t>
+          <x:t>0,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,521</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...293 lines deleted...]
-          <x:t>0,423</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,009</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>