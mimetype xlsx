--- v0 (2025-10-07)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rab90b1d3b6c24659" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2ee722ca5c4d41c0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R538584eb9fc94367"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R90547446569344dd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3ac150b23d5941db" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R538584eb9fc94367" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6dd91f217b7d4996" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R90547446569344dd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1461774221</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.09.2025</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,415</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,425</x:t>
-[...75 lines deleted...]
-          <x:t>0,405</x:t>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,415</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,345</x:t>
-[...16 lines deleted...]
-          <x:t>0,375</x:t>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,495</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,375</x:t>
-[...101 lines deleted...]
-        <x:is>
           <x:t>0,525</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...28 lines deleted...]
-          <x:t>0,495</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,545</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...13 lines deleted...]
-          <x:t>0,585</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,525</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,545</x:t>
-[...52 lines deleted...]
-        <x:is>
           <x:t>0,655</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...193 lines deleted...]
-          <x:t>0,605</x:t>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,725</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...33 lines deleted...]
-          <x:t>0,625</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>