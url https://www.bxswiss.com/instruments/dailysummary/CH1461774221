--- v1 (2025-10-31)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2ee722ca5c4d41c0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6e77720d269e495b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R90547446569344dd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbf29d3e6c40949bc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6dd91f217b7d4996" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R90547446569344dd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R75fae31e607e41dd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbf29d3e6c40949bc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1461774221</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,555</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,565</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...99 lines deleted...]
-          <x:t>0,605</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,725</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,585</x:t>
-[...74 lines deleted...]
-        <x:is>
           <x:t>0,645</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,585</x:t>
-[...362 lines deleted...]
-          <x:t>28.10.2025</x:t>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,745</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,875</x:t>
-[...63 lines deleted...]
-          <x:t>0,905</x:t>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,434</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>