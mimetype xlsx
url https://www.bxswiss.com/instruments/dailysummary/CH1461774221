--- v2 (2025-11-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6e77720d269e495b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc3bdf0c94ec1445b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbf29d3e6c40949bc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb64efb19b1e641f7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R75fae31e607e41dd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbf29d3e6c40949bc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R190eda933d1c48d0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb64efb19b1e641f7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1461774221</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...68 lines deleted...]
-          <x:t>0,575</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,581</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,585</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.10.2025</x:t>
-[...95 lines deleted...]
-          <x:t>0,745</x:t>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,691</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,835</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...455 lines deleted...]
-          <x:t>0,434</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,903</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>