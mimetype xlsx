--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc3bdf0c94ec1445b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1c289dd564f448d5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb64efb19b1e641f7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf274c97fbcef4dd8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R190eda933d1c48d0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb64efb19b1e641f7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R15d5f36e4c2c4e2b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf274c97fbcef4dd8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1461774221</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...68 lines deleted...]
-          <x:t>0,787</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,661</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,805</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...99 lines deleted...]
-          <x:t>0,535</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,647</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...266 lines deleted...]
-          <x:t>0,903</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>