--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1c289dd564f448d5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R392e232ca9384deb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf274c97fbcef4dd8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R42188e3b852c4263"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R15d5f36e4c2c4e2b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf274c97fbcef4dd8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9f00f790a49044ab" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R42188e3b852c4263" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1461774221</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,581</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,637</x:t>
-[...630 lines deleted...]
-          <x:t>0,505</x:t>
+          <x:t>0,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,011</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>