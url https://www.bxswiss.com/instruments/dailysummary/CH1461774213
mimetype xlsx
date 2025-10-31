--- v0 (2025-10-08)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd6a633c87e3b4f08" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4f14c1f3a64740a7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc880f96d71eb4640"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R76389592e52d451c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6c97c50ca8f44959" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc880f96d71eb4640" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf56ddf1cd50b4b4f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R76389592e52d451c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1461774213</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
-[...53 lines deleted...]
-          <x:t>10.09.2025</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,445</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,455</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,375</x:t>
-[...26 lines deleted...]
-          <x:t>0,405</x:t>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,535</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...62 lines deleted...]
-          <x:t>0,515</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,535</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,475</x:t>
-[...79 lines deleted...]
-        <x:is>
           <x:t>0,575</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...50 lines deleted...]
-          <x:t>0,655</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,705</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...193 lines deleted...]
-          <x:t>0,655</x:t>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,785</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...60 lines deleted...]
-          <x:t>0,645</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,975</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>