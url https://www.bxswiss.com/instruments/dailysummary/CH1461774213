--- v1 (2025-10-31)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4f14c1f3a64740a7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8107799d8129417b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R76389592e52d451c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R53a881b3a52e438a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf56ddf1cd50b4b4f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R76389592e52d451c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra63ea9faa0de42b8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R53a881b3a52e438a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1461774213</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,605</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,615</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...99 lines deleted...]
-          <x:t>0,655</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,785</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,635</x:t>
-[...74 lines deleted...]
-        <x:is>
           <x:t>0,705</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,635</x:t>
-[...242 lines deleted...]
-          <x:t>0,595</x:t>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,705</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...185 lines deleted...]
-          <x:t>0,975</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,474</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>