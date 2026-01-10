--- v2 (2025-11-21)
+++ v3 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8107799d8129417b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb46cea83904246df" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R53a881b3a52e438a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3097cbb4962241fe"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra63ea9faa0de42b8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R53a881b3a52e438a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R738410414e4746eb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3097cbb4962241fe" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1461774213</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...14 lines deleted...]
-          <x:t>0,535</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,575</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...45 lines deleted...]
-          <x:t>0,625</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,631</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,635</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.10.2025</x:t>
-[...63 lines deleted...]
-          <x:t>0,795</x:t>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,897</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,745</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,785</x:t>
-[...183 lines deleted...]
-          <x:t>0,715</x:t>
+          <x:t>0,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,923</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,735</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...293 lines deleted...]
-          <x:t>0,474</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>