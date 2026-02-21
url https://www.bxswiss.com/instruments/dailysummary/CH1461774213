--- v3 (2026-01-10)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb46cea83904246df" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R851356fc22674612" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3097cbb4962241fe"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R36b478e1010c46a7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R738410414e4746eb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3097cbb4962241fe" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R833cd279e11d4506" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R36b478e1010c46a7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1461774213</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...68 lines deleted...]
-          <x:t>0,668</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,777</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,897</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12.12.2025</x:t>
-[...9 lines deleted...]
-          <x:t>1,031</x:t>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,767</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,861</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,881</x:t>
-[...286 lines deleted...]
-          <x:t>0,897</x:t>
+          <x:t>0,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,667</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,745</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,897</x:t>
-[...80 lines deleted...]
-          <x:t>0,995</x:t>
+          <x:t>0,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,593</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>