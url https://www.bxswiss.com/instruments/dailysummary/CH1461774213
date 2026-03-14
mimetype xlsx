--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R851356fc22674612" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R78d784e17f7848d8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R36b478e1010c46a7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2cdcef20607a4941"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R833cd279e11d4506" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R36b478e1010c46a7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf3c7ab458e874ace" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2cdcef20607a4941" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1461774213</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...4 lines deleted...]
-          <x:t>0,655</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,715</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,587</x:t>
-[...75 lines deleted...]
-          <x:t>0,857</x:t>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,861</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,691</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,721</x:t>
-[...168 lines deleted...]
-          <x:t>03.02.2026</x:t>
+          <x:t>0,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,667</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,745</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,841</x:t>
-[...354 lines deleted...]
-        <x:is>
           <x:t>0,531</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,013</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>