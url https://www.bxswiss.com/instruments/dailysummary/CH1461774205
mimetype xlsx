--- v0 (2025-10-07)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R60c758be088d4399" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3a43ab4efe184d1e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1c7d94f6741f44ed"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R131f052ca46844f2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1e8e8da30c4a4df7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1c7d94f6741f44ed" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5f5d5758415b47eb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R131f052ca46844f2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1461774205</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.09.2025</x:t>
-[...80 lines deleted...]
-          <x:t>10.09.2025</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,485</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,505</x:t>
-[...21 lines deleted...]
-          <x:t>0,455</x:t>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,585</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,445</x:t>
-[...123 lines deleted...]
-        <x:is>
           <x:t>0,625</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-          <x:t>19.09.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,625</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,685</x:t>
-[...290 lines deleted...]
-        <x:is>
           <x:t>0,775</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...11 lines deleted...]
-          <x:t>0,735</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>