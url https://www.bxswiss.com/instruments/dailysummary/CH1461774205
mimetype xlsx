--- v1 (2025-10-31)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3a43ab4efe184d1e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ree8eeee5eaaa4a3b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R131f052ca46844f2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6579d28dd0c94480"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5f5d5758415b47eb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R131f052ca46844f2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8244211f32734ea4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6579d28dd0c94480" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1461774205</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,655</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,675</x:t>
-[...21 lines deleted...]
-          <x:t>0,635</x:t>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,665</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,595</x:t>
-[...42 lines deleted...]
-        <x:is>
           <x:t>0,665</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,681</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,715</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...546 lines deleted...]
-          <x:t>1,045</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,518</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>