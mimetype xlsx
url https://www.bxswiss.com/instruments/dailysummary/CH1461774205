--- v2 (2025-11-21)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ree8eeee5eaaa4a3b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rce9a4e63726544d2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6579d28dd0c94480"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R92d1bb80eecb4045"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8244211f32734ea4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6579d28dd0c94480" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2efa99267dd5477e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R92d1bb80eecb4045" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1461774205</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...360 lines deleted...]
-          <x:t>0,865</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,839</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,715</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,735</x:t>
-[...156 lines deleted...]
-          <x:t>0,701</x:t>
+          <x:t>0,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,661</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,789</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...100 lines deleted...]
-          <x:t>0,518</x:t>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,721</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>