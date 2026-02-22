--- v3 (2025-12-20)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rce9a4e63726544d2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0621544e92904aaf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R92d1bb80eecb4045"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R980c147a0cba4baf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2efa99267dd5477e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R92d1bb80eecb4045" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7f10143c98ce4356" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R980c147a0cba4baf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1461774205</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,543</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,555</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...487 lines deleted...]
-          <x:t>1,119</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,839</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,941</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,963</x:t>
-[...38 lines deleted...]
-          <x:t>0,847</x:t>
+          <x:t>0,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,837</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,917</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,781</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,789</x:t>
-[...80 lines deleted...]
-          <x:t>0,721</x:t>
+          <x:t>0,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,687</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>