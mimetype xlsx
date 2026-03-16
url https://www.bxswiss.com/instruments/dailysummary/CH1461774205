--- v4 (2026-02-22)
+++ v5 (2026-03-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0621544e92904aaf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R49e09f7c464a4420" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R980c147a0cba4baf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R213a06ed4a1648c5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7f10143c98ce4356" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R980c147a0cba4baf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcc75aa89a5734582" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R213a06ed4a1648c5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1461774205</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...68 lines deleted...]
-          <x:t>0,773</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,807</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...13 lines deleted...]
-          <x:t>0,877</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,879</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,733</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,825</x:t>
-[...37 lines deleted...]
-        <x:is>
           <x:t>0,741</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...60 lines deleted...]
-          <x:t>0,543</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,443</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,555</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.02.2026</x:t>
-[...397 lines deleted...]
-          <x:t>0,687</x:t>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,016</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>