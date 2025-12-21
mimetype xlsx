--- v0 (2025-10-31)
+++ v1 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8633a4d1c9f148b4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5498b24c52c04fc5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0a3dc6cf0ff44f56"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8c4bf2b28d35486b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R124e3abe83394903" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0a3dc6cf0ff44f56" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R65d16b855e8d4f7a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8c4bf2b28d35486b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1461774197</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...122 lines deleted...]
-          <x:t>0,755</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,001</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,855</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...57 lines deleted...]
-          <x:t>08.10.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,923</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,785</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,815</x:t>
-[...441 lines deleted...]
-          <x:t>1,125</x:t>
+          <x:t>0,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,801</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>