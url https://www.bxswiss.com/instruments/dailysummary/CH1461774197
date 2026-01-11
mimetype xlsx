--- v1 (2025-12-21)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5498b24c52c04fc5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7652cc625ffd459e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8c4bf2b28d35486b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R466c3105a2644ad2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R65d16b855e8d4f7a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8c4bf2b28d35486b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R20ee38602fa64e42" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R466c3105a2644ad2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1461774197</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,502 +149,97 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...171 lines deleted...]
-          <x:t>0,724</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,806</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,700</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,712</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>0,802</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.12.2025</x:t>
-[...58 lines deleted...]
-          <x:t>0,756</x:t>
+          <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,822</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,696</x:t>
-[...48 lines deleted...]
-          <x:t>0,932</x:t>
+          <x:t>1,089</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,804</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,872</x:t>
-[...106 lines deleted...]
-        <x:is>
           <x:t>1,063</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,179</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,209</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,025</x:t>
         </x:is>
       </x:c>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,713</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,817</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,709</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,191</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>