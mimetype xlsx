--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7652cc625ffd459e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rec85a1ebb5944bfc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R466c3105a2644ad2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3b67600ad61d40dd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R20ee38602fa64e42" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R466c3105a2644ad2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcf9cce602eb245ca" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3b67600ad61d40dd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1461774197</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...68 lines deleted...]
-          <x:t>1,025</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,907</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,047</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...111 lines deleted...]
-          <x:t>19.12.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,961</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,713</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,817</x:t>
-[...89 lines deleted...]
-        <x:is>
           <x:t>0,787</x:t>
-        </x:is>
-[...160 lines deleted...]
-          <x:t>1,191</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>