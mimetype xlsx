--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rec85a1ebb5944bfc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re753f3d11a5d4999" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3b67600ad61d40dd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R05ce8257afc64a77"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcf9cce602eb245ca" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3b67600ad61d40dd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R36feb4b116ae40e2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R05ce8257afc64a77" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1461774197</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...31 lines deleted...]
-          <x:t>0,795</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,783</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,917</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,699</x:t>
-[...156 lines deleted...]
-          <x:t>0,949</x:t>
+          <x:t>0,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,687</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,755</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.01.2026</x:t>
-[...424 lines deleted...]
-          <x:t>0,787</x:t>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,020</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>