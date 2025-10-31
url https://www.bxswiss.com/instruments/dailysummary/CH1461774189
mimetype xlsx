--- v0 (2025-10-07)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rda8770accef845f5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2ede172997174ded" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R60568e9bfe534548"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R878d0d613de74262"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R16f7143ee93f44c3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R60568e9bfe534548" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1867fe938c904ec8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R878d0d613de74262" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1461774189</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.09.2025</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,575</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,605</x:t>
-[...102 lines deleted...]
-          <x:t>0,545</x:t>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,695</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,535</x:t>
-[...123 lines deleted...]
-        <x:is>
           <x:t>0,735</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...33 lines deleted...]
-          <x:t>0,725</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,915</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,745</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...35 lines deleted...]
-          <x:t>0,835</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,945</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,825</x:t>
-[...247 lines deleted...]
-          <x:t>0,855</x:t>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,215</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>