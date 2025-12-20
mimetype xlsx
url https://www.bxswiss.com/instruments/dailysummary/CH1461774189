--- v1 (2025-10-31)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2ede172997174ded" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R81af7c8da53745e2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R878d0d613de74262"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R71dead07b5924b25"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1867fe938c904ec8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R878d0d613de74262" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R186a7879a8554f06" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R71dead07b5924b25" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1461774189</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...203 lines deleted...]
-          <x:t>0,805</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,875</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.10.2025</x:t>
-[...424 lines deleted...]
-          <x:t>1,215</x:t>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,881</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>