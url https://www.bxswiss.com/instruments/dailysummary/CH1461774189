--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R81af7c8da53745e2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3c860823ffeb43b1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R71dead07b5924b25"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raceda21fa9144454"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R186a7879a8554f06" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R71dead07b5924b25" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re1c492d56930438f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raceda21fa9144454" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1461774189</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,502 +149,97 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...193 lines deleted...]
-          <x:t>0,818</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,768</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,876</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...131 lines deleted...]
-          <x:t>1,012</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,179</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,878</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,950</x:t>
-[...106 lines deleted...]
-        <x:is>
           <x:t>1,151</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,273</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,307</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,111</x:t>
         </x:is>
       </x:c>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,787</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,901</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,783</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,299</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>