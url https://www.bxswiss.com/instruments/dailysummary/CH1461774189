--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3c860823ffeb43b1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb1336ecc371c4afa" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raceda21fa9144454"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1e802003a70b4895"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re1c492d56930438f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raceda21fa9144454" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8fa07885e88147bc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1e802003a70b4895" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1461774189</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...41 lines deleted...]
-          <x:t>0,878</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,039</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,151</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...35 lines deleted...]
-          <x:t>1,135</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,073</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,187</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,045</x:t>
-[...134 lines deleted...]
-          <x:t>0,795</x:t>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,811</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,889</x:t>
-        </x:is>
-[...214 lines deleted...]
-          <x:t>1,299</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>