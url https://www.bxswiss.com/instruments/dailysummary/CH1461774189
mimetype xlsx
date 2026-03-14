--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb1336ecc371c4afa" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R10687bb36f8f40e5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1e802003a70b4895"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R278d13ef9c454409"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8fa07885e88147bc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1e802003a70b4895" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R813b8817f1cb47d2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R278d13ef9c454409" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1461774189</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,107</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,901</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,979</x:t>
+          <x:t>1,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,073</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,811</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,925</x:t>
-[...11 lines deleted...]
-          <x:t>0,881</x:t>
+          <x:t>0,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,789</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,013</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,779</x:t>
-[...598 lines deleted...]
-          <x:t>0,889</x:t>
+          <x:t>0,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,025</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>