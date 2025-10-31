--- v0 (2025-10-07)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Red95aa974ac34144" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1e8b874bc191400c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R141e85d3e6c04dca"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R86d0cf7df7b54703"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9fbab9a992684676" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R141e85d3e6c04dca" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R15a3c43e791e4577" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R86d0cf7df7b54703" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1461774171</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.09.2025</x:t>
-[...68 lines deleted...]
-          <x:t>0,565</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,615</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...37 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,755</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...13 lines deleted...]
-          <x:t>12.09.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,825</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,755</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,765</x:t>
-[...143 lines deleted...]
-        <x:is>
           <x:t>0,805</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
-[...122 lines deleted...]
-          <x:t>0,755</x:t>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,805</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...116 lines deleted...]
-          <x:t>0,895</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,045</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,875</x:t>
-[...31 lines deleted...]
-          <x:t>0,925</x:t>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,295</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>