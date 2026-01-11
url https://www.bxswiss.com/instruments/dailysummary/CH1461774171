--- v1 (2025-10-31)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1e8b874bc191400c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb26cfd8a9ae34c0c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R86d0cf7df7b54703"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7c7feb474f234667"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R15a3c43e791e4577" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R86d0cf7df7b54703" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R792e2e0e699743f4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7c7feb474f234667" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1461774171</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...58 lines deleted...]
-          <x:t>0,745</x:t>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,865</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,735</x:t>
+          <x:t>0,987</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,865</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...40 lines deleted...]
-          <x:t>1,045</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,875</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,985</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...413 lines deleted...]
-          <x:t>1,045</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,317</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,085</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,025</x:t>
-[...85 lines deleted...]
-          <x:t>1,295</x:t>
+          <x:t>1,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,407</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>