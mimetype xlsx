--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb26cfd8a9ae34c0c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R76b22f1c956749a0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7c7feb474f234667"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R10fd3275be06484f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R792e2e0e699743f4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7c7feb474f234667" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R40de6622b23b4219" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R10fd3275be06484f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1461774171</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.12.2025</x:t>
-[...63 lines deleted...]
-          <x:t>1,285</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,135</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,173</x:t>
-[...11 lines deleted...]
-          <x:t>1,099</x:t>
+          <x:t>1,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,183</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,021</x:t>
-[...53 lines deleted...]
-          <x:t>0,889</x:t>
+          <x:t>1,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,209</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,043</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...229 lines deleted...]
-          <x:t>1,317</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,085</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,311</x:t>
-[...26 lines deleted...]
-          <x:t>1,407</x:t>
+          <x:t>1,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,999</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>