--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R76b22f1c956749a0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbd10f6b414574576" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R10fd3275be06484f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R428786d5a6ca477b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R40de6622b23b4219" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R10fd3275be06484f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R854425235b6c4dfa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R428786d5a6ca477b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1461774171</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...139 lines deleted...]
-          <x:t>1,191</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,001</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,203</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...28 lines deleted...]
-          <x:t>0,959</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,209</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,043</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...8 lines deleted...]
-          <x:t>1,005</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,149</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,859</x:t>
-[...43 lines deleted...]
-          <x:t>0,765</x:t>
+          <x:t>0,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,899</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,131</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,765</x:t>
-[...382 lines deleted...]
-          <x:t>0,999</x:t>
+          <x:t>0,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,031</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>