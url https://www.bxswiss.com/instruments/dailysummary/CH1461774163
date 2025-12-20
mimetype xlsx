--- v0 (2025-11-21)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R44aab76ed10a4060" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra3f4d96a62964918" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7fb689238b724dab"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2fe0193fce414844"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc6808c6dc738441b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7fb689238b724dab" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R484214f8b8cc40f6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2fe0193fce414844" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1461774163</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...230 lines deleted...]
-          <x:t>1,175</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,327</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,385</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...315 lines deleted...]
-          <x:t>0,933</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,981</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...77 lines deleted...]
-          <x:t>0,734</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,061</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>