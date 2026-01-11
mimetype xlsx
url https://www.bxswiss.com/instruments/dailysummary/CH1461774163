--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra3f4d96a62964918" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2a8fa372c30a4fb1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2fe0193fce414844"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R593bda501eb343e6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R484214f8b8cc40f6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2fe0193fce414844" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbbe4dbf5d8d846bf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R593bda501eb343e6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1461774163</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,465 +149,60 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...166 lines deleted...]
-          <x:t>0,942</x:t>
+          <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,952</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,922</x:t>
-[...236 lines deleted...]
-        <x:is>
           <x:t>1,046</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,916</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,040</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,064</x:t>
         </x:is>
       </x:c>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,953</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,079</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,949</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,517</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>