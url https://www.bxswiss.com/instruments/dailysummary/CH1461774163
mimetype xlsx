--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2a8fa372c30a4fb1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raaa72c12165e40dd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R593bda501eb343e6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rafaa3fa769304fd5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbbe4dbf5d8d846bf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R593bda501eb343e6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4edbdc2da416422c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rafaa3fa769304fd5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1461774163</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...41 lines deleted...]
-          <x:t>1,040</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,337</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...13 lines deleted...]
-          <x:t>1,511</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,297</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,327</x:t>
-[...377 lines deleted...]
-          <x:t>1,517</x:t>
+          <x:t>1,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,111</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>