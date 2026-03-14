--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raaa72c12165e40dd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5816af11b9714d40" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rafaa3fa769304fd5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4c73e9ee79974ab7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4edbdc2da416422c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rafaa3fa769304fd5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb3bd3491df604d3d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4c73e9ee79974ab7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1461774163</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,981</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,089</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...632 lines deleted...]
-          <x:t>1,111</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,042</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>