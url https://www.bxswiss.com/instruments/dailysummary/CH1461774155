--- v0 (2025-10-06)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1b4ea2e02d9146c2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R58735d538f90433f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re45b3bb406354039"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R26d0590aca984b6a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R49f3916ed72b402b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re45b3bb406354039" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rce85259c2d124e23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R26d0590aca984b6a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1461774155</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>04.09.2025</x:t>
-[...139 lines deleted...]
-          <x:t>0,695</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,875</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>0,685</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,875</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12.09.2025</x:t>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,965</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,885</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,885</x:t>
-[...143 lines deleted...]
-        <x:is>
           <x:t>0,935</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
-[...80 lines deleted...]
-          <x:t>25.09.2025</x:t>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,145</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,945</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,955</x:t>
-[...170 lines deleted...]
-        <x:is>
           <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,475</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>