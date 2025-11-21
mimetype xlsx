--- v1 (2025-10-31)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R58735d538f90433f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc8896f1f50ed48c5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R26d0590aca984b6a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcea84b3618294b3c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rce85259c2d124e23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R26d0590aca984b6a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9e8226aaf5984270" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcea84b3618294b3c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1461774155</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,965</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,995</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...45 lines deleted...]
-          <x:t>0,865</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,133</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,005</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,855</x:t>
-[...571 lines deleted...]
-          <x:t>1,475</x:t>
+          <x:t>1,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,800</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>