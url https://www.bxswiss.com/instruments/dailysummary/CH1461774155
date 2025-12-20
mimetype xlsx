--- v2 (2025-11-21)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc8896f1f50ed48c5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R460002b660e644cf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcea84b3618294b3c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb4049cbfbeb54632"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9e8226aaf5984270" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcea84b3618294b3c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3566467bd30241c7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb4049cbfbeb54632" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1461774155</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...41 lines deleted...]
-          <x:t>0,945</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,291</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,125</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...477 lines deleted...]
-          <x:t>1,027</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,155</x:t>
-        </x:is>
-[...106 lines deleted...]
-          <x:t>0,800</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>