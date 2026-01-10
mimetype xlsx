--- v3 (2025-12-20)
+++ v4 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R460002b660e644cf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ref0b1e96f44a487d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb4049cbfbeb54632"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4ab61d9b5e3945f7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3566467bd30241c7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb4049cbfbeb54632" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R02d0d63e03da4a18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4ab61d9b5e3945f7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1461774155</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,470 +149,65 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...382 lines deleted...]
-          <x:t>1,188</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,118</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,210</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,100</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>1,086</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,168</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,034</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,134</x:t>
         </x:is>
       </x:c>
@@ -791,31 +386,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,039</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,177</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,035</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,633</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>