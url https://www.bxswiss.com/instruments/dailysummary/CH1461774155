--- v4 (2026-01-10)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ref0b1e96f44a487d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R759819f741ff4309" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4ab61d9b5e3945f7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2a22768383aa4a44"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R02d0d63e03da4a18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4ab61d9b5e3945f7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2eaeb64ef4954696" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2a22768383aa4a44" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1461774155</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...90 lines deleted...]
-          <x:t>1,617</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,393</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>1,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>1,423</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...202 lines deleted...]
-          <x:t>1,265</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,435</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,137</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,145</x:t>
-[...161 lines deleted...]
-          <x:t>1,633</x:t>
+          <x:t>1,229</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>