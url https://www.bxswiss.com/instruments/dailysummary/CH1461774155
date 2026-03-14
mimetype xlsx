--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R759819f741ff4309" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R00e660d4e37d40f5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2a22768383aa4a44"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3f207bcdb96c463f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2eaeb64ef4954696" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2a22768383aa4a44" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6ad63d3b4fb2492b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3f207bcdb96c463f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1461774155</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...9 lines deleted...]
-          <x:t>1,323</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,199</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,047</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,285</x:t>
-[...101 lines deleted...]
-        <x:is>
           <x:t>1,131</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...369 lines deleted...]
-          <x:t>1,513</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,129</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,379</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,415</x:t>
-[...107 lines deleted...]
-          <x:t>1,229</x:t>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,056</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>