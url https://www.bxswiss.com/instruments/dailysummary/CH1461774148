--- v0 (2025-11-01)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re72dd1fc91784258" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd69f1d0368d24ead" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2bc8447bae6a44ef"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rac2628797bdb49fd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3ded8d98ec434e0e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2bc8447bae6a44ef" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3cf7d9c9207d4d0c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rac2628797bdb49fd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1461774148</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.09.2025</x:t>
-[...95 lines deleted...]
-          <x:t>1,095</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,391</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,215</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...536 lines deleted...]
-          <x:t>1,445</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>