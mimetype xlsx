--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd69f1d0368d24ead" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R15a56d83a59447fb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rac2628797bdb49fd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3b3af772726e471f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3cf7d9c9207d4d0c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rac2628797bdb49fd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rad6ae0b6ec51462c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3b3af772726e471f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1461774148</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,497 +149,65 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...220 lines deleted...]
-          <x:t>1,156</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,122</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,226</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,110</x:t>
-[...214 lines deleted...]
-        <x:is>
           <x:t>1,082</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,220</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,244</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,579</x:t>
         </x:is>
       </x:c>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,131</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,277</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,127</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,755</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>