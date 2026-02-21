--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R15a56d83a59447fb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Red118cad52a74629" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3b3af772726e471f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc8e9938169534a1b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rad6ae0b6ec51462c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3b3af772726e471f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd81bb71baa4c47ee" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc8e9938169534a1b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1461774148</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...68 lines deleted...]
-          <x:t>1,493</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,529</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...57 lines deleted...]
-          <x:t>17.12.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,607</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,267</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,391</x:t>
-[...183 lines deleted...]
-          <x:t>1,143</x:t>
+          <x:t>1,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,497</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,533</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...114 lines deleted...]
-          <x:t>1,755</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,349</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>