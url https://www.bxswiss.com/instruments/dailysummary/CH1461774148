--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Red118cad52a74629" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6559141a11674622" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc8e9938169534a1b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd112b2e9dda34116"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd81bb71baa4c47ee" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc8e9938169534a1b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2c6d98c6dd5349b4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd112b2e9dda34116" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1461774148</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...139 lines deleted...]
-          <x:t>1,525</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,537</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,239</x:t>
-[...345 lines deleted...]
-          <x:t>1,561</x:t>
+          <x:t>1,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,213</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,333</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...136 lines deleted...]
-          <x:t>1,349</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,076</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>