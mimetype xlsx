--- v0 (2025-10-07)
+++ v1 (2025-11-01)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb07fc0cd40484be0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re4412300c5194c4f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6c044d8e069147bd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd6b927b2bb0d45d7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6c93dd5706a641b5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6c044d8e069147bd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0e7c17c45f144c29" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd6b927b2bb0d45d7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1461774130</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.09.2025</x:t>
-[...4 lines deleted...]
-          <x:t>0,875</x:t>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,905</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,745</x:t>
-[...151 lines deleted...]
-          <x:t>0,955</x:t>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,995</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,925</x:t>
-[...53 lines deleted...]
-          <x:t>0,915</x:t>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,035</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...8 lines deleted...]
-          <x:t>1,065</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,135</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,995</x:t>
-[...38 lines deleted...]
-          <x:t>22.09.2025</x:t>
+          <x:t>1,315</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,095</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,165</x:t>
-[...268 lines deleted...]
-        <x:is>
           <x:t>1,305</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...6 lines deleted...]
-          <x:t>1,225</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,535</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>