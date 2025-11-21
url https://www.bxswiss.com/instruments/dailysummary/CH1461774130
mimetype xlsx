--- v1 (2025-11-01)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re4412300c5194c4f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8d692957154949d4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd6b927b2bb0d45d7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R86fb7970241b4d7b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0e7c17c45f144c29" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd6b927b2bb0d45d7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra4870cf6d01a4761" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R86fb7970241b4d7b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1461774130</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.09.2025</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,075</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,125</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,025</x:t>
-[...3 lines deleted...]
-        <x:is>
           <x:t>1,035</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...18 lines deleted...]
-          <x:t>0,995</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,145</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,155</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.10.2025</x:t>
-[...41 lines deleted...]
-          <x:t>1,175</x:t>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,415</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,295</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...435 lines deleted...]
-          <x:t>28.10.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,415</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,445</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,625</x:t>
-[...90 lines deleted...]
-          <x:t>1,535</x:t>
+          <x:t>1,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,940</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>