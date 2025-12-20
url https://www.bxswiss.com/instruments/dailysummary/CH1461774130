--- v2 (2025-11-21)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8d692957154949d4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8145be84ab7d44bb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R86fb7970241b4d7b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R71ad828e8b854208"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra4870cf6d01a4761" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R86fb7970241b4d7b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re53e997514cc44c6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R71ad828e8b854208" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1461774130</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...134 lines deleted...]
-          <x:t>27.10.2025</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,589</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,395</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,435</x:t>
-[...205 lines deleted...]
-          <x:t>06.11.2025</x:t>
+          <x:t>1,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,365</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,415</x:t>
-[...279 lines deleted...]
-          <x:t>0,940</x:t>
+          <x:t>1,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,359</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>