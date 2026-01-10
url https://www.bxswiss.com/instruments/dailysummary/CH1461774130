--- v3 (2025-12-20)
+++ v4 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8145be84ab7d44bb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R872f0d0fc0c34fcd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R71ad828e8b854208"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R69c03cda4755495f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re53e997514cc44c6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R71ad828e8b854208" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2dc9335b3631457d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R69c03cda4755495f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1461774130</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,497 +149,92 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...220 lines deleted...]
-          <x:t>1,248</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,212</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,322</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,200</x:t>
-[...214 lines deleted...]
-        <x:is>
           <x:t>1,172</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,314</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,340</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,685</x:t>
         </x:is>
       </x:c>
@@ -791,31 +386,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,229</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,379</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,225</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,875</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>