--- v4 (2026-01-10)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R872f0d0fc0c34fcd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd1b3defaeff6469f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R69c03cda4755495f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7f1bea2a2669423c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2dc9335b3631457d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R69c03cda4755495f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3500929678914119" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7f1bea2a2669423c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1461774130</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...85 lines deleted...]
-          <x:t>1,797</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,599</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,837</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,599</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,635</x:t>
-[...97 lines deleted...]
-          <x:t>1,461</x:t>
+          <x:t>1,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,595</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,247</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,431</x:t>
-[...65 lines deleted...]
-          <x:t>1,317</x:t>
+          <x:t>1,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,383</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,259</x:t>
-[...11 lines deleted...]
-          <x:t>29.12.2025</x:t>
+          <x:t>1,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,373</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,471</x:t>
-        </x:is>
-[...175 lines deleted...]
-          <x:t>1,875</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>