--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd1b3defaeff6469f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R976f680cb55b4072" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7f1bea2a2669423c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R23141f90bf2f4ce2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3500929678914119" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7f1bea2a2669423c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rabc1127673f24e05" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R23141f90bf2f4ce2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1461774130</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...26 lines deleted...]
-          <x:t>21.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,689</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,373</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,547</x:t>
-[...112 lines deleted...]
-          <x:t>1,347</x:t>
+          <x:t>1,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,331</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,459</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>28.01.2026</x:t>
-[...478 lines deleted...]
-          <x:t>1,471</x:t>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,103</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>