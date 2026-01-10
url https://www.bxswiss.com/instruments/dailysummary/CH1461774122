--- v0 (2025-10-07)
+++ v1 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb296a2782dc04037" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb007dea6d4d346e7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R500e8f91b3134e6d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra3e85c362938472d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb80e83c98c514d3c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R500e8f91b3134e6d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re6e1f3b5b3fa4a86" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra3e85c362938472d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1461774122</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>1,305</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,999</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>