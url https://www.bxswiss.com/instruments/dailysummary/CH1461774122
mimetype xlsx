--- v1 (2026-01-10)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb007dea6d4d346e7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5bb60840dad84c0d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra3e85c362938472d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7aaf415d710e490e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re6e1f3b5b3fa4a86" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra3e85c362938472d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf853360b8c864f8d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7aaf415d710e490e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1461774122</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...53 lines deleted...]
-          <x:t>12.12.2025</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,715</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,911</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,955</x:t>
-[...139 lines deleted...]
-          <x:t>1,323</x:t>
+          <x:t>1,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,001</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,465</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...35 lines deleted...]
-          <x:t>1,427</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,821</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,493</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,363</x:t>
-[...193 lines deleted...]
-          <x:t>1,999</x:t>
+          <x:t>1,597</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>