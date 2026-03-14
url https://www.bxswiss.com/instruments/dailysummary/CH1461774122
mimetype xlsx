--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5bb60840dad84c0d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6067a510e0ff4207" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7aaf415d710e490e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4c39212e99af459b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf853360b8c864f8d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7aaf415d710e490e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R86ec6db9a72a41eb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4c39212e99af459b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1461774122</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...122 lines deleted...]
-          <x:t>1,543</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,683</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...18 lines deleted...]
-          <x:t>1,457</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,419</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,577</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...472 lines deleted...]
-          <x:t>1,821</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,455</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,493</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,597</x:t>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,142</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>