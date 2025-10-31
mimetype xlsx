--- v0 (2025-10-07)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R696ead6f7d0a4d25" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7c5819b29ca04831" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R042ba98f14824406"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9bf9eb9d1b264d0e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R006e466fae204ac2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R042ba98f14824406" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd1f8d702fc9a4e7d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9bf9eb9d1b264d0e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1461774114</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.09.2025</x:t>
-[...4 lines deleted...]
-          <x:t>1,025</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,045</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,875</x:t>
-[...38 lines deleted...]
-          <x:t>09.09.2025</x:t>
+          <x:t>1,215</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,965</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,005</x:t>
-[...102 lines deleted...]
-          <x:t>1,105</x:t>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,265</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,145</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,075</x:t>
-[...43 lines deleted...]
-          <x:t>1,065</x:t>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,295</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,195</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,055</x:t>
-[...43 lines deleted...]
-          <x:t>1,215</x:t>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,305</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,195</x:t>
-[...47 lines deleted...]
-        <x:is>
           <x:t>1,495</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,325</x:t>
-[...47 lines deleted...]
-        <x:is>
           <x:t>1,265</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,165</x:t>
-[...151 lines deleted...]
-          <x:t>1,365</x:t>
+          <x:t>1,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,625</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,545</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,335</x:t>
-[...31 lines deleted...]
-          <x:t>1,395</x:t>
+          <x:t>1,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,865</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>