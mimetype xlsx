--- v1 (2025-10-31)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7c5819b29ca04831" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R57c0c95615ec4236" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9bf9eb9d1b264d0e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R84a219acbd144ae7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd1f8d702fc9a4e7d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9bf9eb9d1b264d0e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra982992b034a4b30" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R84a219acbd144ae7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1461774114</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,275</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>1,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>1,305</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,185</x:t>
-[...43 lines deleted...]
-          <x:t>1,155</x:t>
+          <x:t>1,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,315</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,325</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...72 lines deleted...]
-          <x:t>1,465</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,605</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,475</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,305</x:t>
+          <x:t>1,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,331</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,395</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>07.10.2025</x:t>
-[...478 lines deleted...]
-          <x:t>1,865</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,096</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>