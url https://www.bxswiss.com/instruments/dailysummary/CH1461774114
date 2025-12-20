--- v2 (2025-11-21)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R57c0c95615ec4236" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6d8f2c1a5c8a4227" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R84a219acbd144ae7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R49f64399ab8c4075"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra982992b034a4b30" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R84a219acbd144ae7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7c48bc2947f94950" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R49f64399ab8c4075" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1461774114</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...230 lines deleted...]
-          <x:t>1,625</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,514</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,865</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>31.10.2025</x:t>
-[...80 lines deleted...]
-          <x:t>05.11.2025</x:t>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,709</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,515</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,585</x:t>
-[...112 lines deleted...]
-          <x:t>1,475</x:t>
+          <x:t>1,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,427</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,575</x:t>
-        </x:is>
-[...187 lines deleted...]
-          <x:t>1,096</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>