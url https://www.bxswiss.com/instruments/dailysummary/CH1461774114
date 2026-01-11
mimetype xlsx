--- v3 (2025-12-20)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6d8f2c1a5c8a4227" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0dc8ca6f95dd48cb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R49f64399ab8c4075"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re4b219615c184029"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7c48bc2947f94950" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R49f64399ab8c4075" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R15060b84eab24239" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re4b219615c184029" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1461774114</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,500 +149,95 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...193 lines deleted...]
-          <x:t>1,442</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,404</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,522</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,390</x:t>
-[...102 lines deleted...]
-          <x:t>1,676</x:t>
+          <x:t>1,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,542</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,584</x:t>
-[...102 lines deleted...]
-          <x:t>1,358</x:t>
+          <x:t>1,909</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,514</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...20 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,865</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,031</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,071</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,813</x:t>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,431</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,593</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,427</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,127</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>