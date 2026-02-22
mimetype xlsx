--- v4 (2026-01-11)
+++ v5 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0dc8ca6f95dd48cb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc13ec8a350f945fd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re4b219615c184029"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5f81eb00b7f54f63"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R15060b84eab24239" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re4b219615c184029" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc4ee806a1923465e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5f81eb00b7f54f63" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1461774114</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...31 lines deleted...]
-          <x:t>1,542</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,865</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,909</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...288 lines deleted...]
-          <x:t>1,465</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,703</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,885</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...94 lines deleted...]
-          <x:t>09.01.2026</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,803</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,017</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...11 lines deleted...]
-          <x:t>2,127</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,725</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>