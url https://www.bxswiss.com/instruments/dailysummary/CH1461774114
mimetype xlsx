--- v5 (2026-02-22)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc13ec8a350f945fd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0c3972b71eaa48a4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5f81eb00b7f54f63"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0b740f6758704840"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc4ee806a1923465e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5f81eb00b7f54f63" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd6ee4029d0864d23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0b740f6758704840" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1461774114</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...26 lines deleted...]
-          <x:t>22.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,841</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,091</x:t>
-[...26 lines deleted...]
-          <x:t>1,971</x:t>
+          <x:t>1,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,619</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,725</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...126 lines deleted...]
-          <x:t>1,653</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,241</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,393</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...406 lines deleted...]
-          <x:t>1,725</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,192</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>