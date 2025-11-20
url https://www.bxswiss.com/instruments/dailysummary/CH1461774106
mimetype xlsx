--- v0 (2025-10-07)
+++ v1 (2025-11-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rae988e135252409a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R32fe9e4f97e741e1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfddc749a82af416b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0d30800d18ea4e43"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R192677d9f0ff447f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfddc749a82af416b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R058a985376f84943" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0d30800d18ea4e43" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1461774106</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.09.2025</x:t>
-[...166 lines deleted...]
-          <x:t>1,175</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,355</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,225</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,145</x:t>
-[...21 lines deleted...]
-          <x:t>1,225</x:t>
+          <x:t>1,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,105</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,125</x:t>
-[...377 lines deleted...]
-          <x:t>1,485</x:t>
+          <x:t>1,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,038</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>