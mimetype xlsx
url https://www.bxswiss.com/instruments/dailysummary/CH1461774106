--- v1 (2025-11-20)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R32fe9e4f97e741e1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf097d495f34a40de" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0d30800d18ea4e43"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcc109b0a2ddc4c72"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R058a985376f84943" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0d30800d18ea4e43" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9dd6d7f3d1c740c0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcc109b0a2ddc4c72" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1461774106</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...230 lines deleted...]
-          <x:t>1,725</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,975</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...45 lines deleted...]
-          <x:t>1,635</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,711</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,735</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>04.11.2025</x:t>
-[...58 lines deleted...]
-          <x:t>1,635</x:t>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,537</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,705</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,465</x:t>
-[...247 lines deleted...]
-          <x:t>1,038</x:t>
+          <x:t>1,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,687</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>