--- v2 (2025-12-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf097d495f34a40de" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbc62e1813f6f4c65" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcc109b0a2ddc4c72"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5c677f4e43bd452d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9dd6d7f3d1c740c0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcc109b0a2ddc4c72" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd2413622ccb64384" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5c677f4e43bd452d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1461774106</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,478 +149,73 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...193 lines deleted...]
-          <x:t>1,542</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,504</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,626</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,488</x:t>
-[...70 lines deleted...]
-          <x:t>1,522</x:t>
+          <x:t>1,456</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,618</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...143 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,648</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,021</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,620</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,979</x:t>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,537</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,705</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,529</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,257</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>