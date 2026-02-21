--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbc62e1813f6f4c65" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc6dd361b781744ad" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5c677f4e43bd452d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re33fc213ec764093"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd2413622ccb64384" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5c677f4e43bd452d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1bb227c4b2f04734" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re33fc213ec764093" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1461774106</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...31 lines deleted...]
-          <x:t>1,648</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,021</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,620</x:t>
-[...11 lines deleted...]
-          <x:t>12.12.2025</x:t>
+          <x:t>2,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,929</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,149</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...389 lines deleted...]
-          <x:t>2,257</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,855</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>