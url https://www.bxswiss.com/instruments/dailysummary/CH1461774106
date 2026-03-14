--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc6dd361b781744ad" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfd421a3185674791" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re33fc213ec764093"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd1a422e39d254d7e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1bb227c4b2f04734" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re33fc213ec764093" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9666a40b3d0146e0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd1a422e39d254d7e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1461774106</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...53 lines deleted...]
-          <x:t>22.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,967</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,225</x:t>
-[...26 lines deleted...]
-          <x:t>2,099</x:t>
+          <x:t>2,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,849</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,903</x:t>
-[...97 lines deleted...]
-          <x:t>1,957</x:t>
+          <x:t>2,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,509</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,581</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-          <x:t>1,771</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,110</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,505</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,523</x:t>
-[...404 lines deleted...]
-          <x:t>1,855</x:t>
+          <x:t>1,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,252</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>