--- v0 (2025-10-07)
+++ v1 (2025-10-30)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R11057667fcb04061" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd330610abe5b4f34" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R07b29b1b240249cb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5c7d865c639243ba"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R684afc89fefa4e7b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R07b29b1b240249cb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R07ed6061c17f4b94" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5c7d865c639243ba" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1461774098</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.09.2025</x:t>
-[...53 lines deleted...]
-          <x:t>09.09.2025</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,345</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,115</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,155</x:t>
-[...21 lines deleted...]
-          <x:t>1,155</x:t>
+          <x:t>1,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,195</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,025</x:t>
-[...150 lines deleted...]
-        <x:is>
           <x:t>1,385</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,465</x:t>
-[...21 lines deleted...]
-          <x:t>1,375</x:t>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,415</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,475</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,355</x:t>
-[...97 lines deleted...]
-          <x:t>1,415</x:t>
+          <x:t>1,365</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,435</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...45 lines deleted...]
-          <x:t>1,455</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,485</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,355</x:t>
-[...97 lines deleted...]
-          <x:t>1,545</x:t>
+          <x:t>1,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,825</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,735</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,515</x:t>
-[...31 lines deleted...]
-          <x:t>1,575</x:t>
+          <x:t>1,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,085</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>