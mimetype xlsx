--- v1 (2025-10-30)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd330610abe5b4f34" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R631660512d784829" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5c7d865c639243ba"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra5609e34cf004062"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R07ed6061c17f4b94" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5c7d865c639243ba" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc235142e24b64430" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra5609e34cf004062" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1461774098</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...122 lines deleted...]
-          <x:t>1,515</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,911</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,655</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>06.10.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,645</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,655</x:t>
-[...495 lines deleted...]
-          <x:t>2,085</x:t>
+          <x:t>1,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,803</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>