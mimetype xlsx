--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R631660512d784829" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9e9abe833a59435e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra5609e34cf004062"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R71a5aa4aebac43c1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc235142e24b64430" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra5609e34cf004062" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R83063d6742544dba" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R71a5aa4aebac43c1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1461774098</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,608</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,734</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,562</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,726</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,645</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,821</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,637</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,385</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>