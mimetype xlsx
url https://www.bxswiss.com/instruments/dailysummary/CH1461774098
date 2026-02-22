--- v3 (2026-01-11)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9e9abe833a59435e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2abbed4843334ebb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R71a5aa4aebac43c1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R921985f3fded4a65"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R83063d6742544dba" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R71a5aa4aebac43c1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re7e6d596c6bb4089" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R921985f3fded4a65" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1461774098</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...68 lines deleted...]
-          <x:t>2,041</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,913</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,085</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...8 lines deleted...]
-          <x:t>2,093</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,123</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,169</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...310 lines deleted...]
-          <x:t>08.01.2026</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,013</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,033</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...28 lines deleted...]
-          <x:t>2,407</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,077</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,227</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,385</x:t>
+          <x:t>1,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,987</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>