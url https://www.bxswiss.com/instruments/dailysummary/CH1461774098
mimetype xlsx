--- v4 (2026-02-22)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2abbed4843334ebb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R913893696eb644ab" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R921985f3fded4a65"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R63fa0f70e6f04082"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re7e6d596c6bb4089" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R921985f3fded4a65" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R388f1ef67bb54962" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R63fa0f70e6f04082" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1461774098</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...26 lines deleted...]
-          <x:t>22.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,095</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,357</x:t>
-[...53 lines deleted...]
-          <x:t>2,129</x:t>
+          <x:t>2,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,801</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,903</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...224 lines deleted...]
-          <x:t>06.02.2026</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,849</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,397</x:t>
-[...279 lines deleted...]
-          <x:t>1,987</x:t>
+          <x:t>1,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,322</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>