--- v0 (2025-10-08)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd5a76d2a92d74be2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcedc8b05abe74cf1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2d0022e7ace646a0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfdc3d039d4ec43f1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rac5a24d072a24b55" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2d0022e7ace646a0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4c507b09af094152" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfdc3d039d4ec43f1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1461774080</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
-[...26 lines deleted...]
-          <x:t>09.09.2025</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,435</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,195</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,235</x:t>
-[...85 lines deleted...]
-          <x:t>1,355</x:t>
+          <x:t>1,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,185</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,365</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...112 lines deleted...]
-          <x:t>1,465</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,505</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,565</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,445</x:t>
-[...16 lines deleted...]
-          <x:t>1,515</x:t>
+          <x:t>1,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,585</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,465</x:t>
-[...301 lines deleted...]
-          <x:t>1,615</x:t>
+          <x:t>1,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,185</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>