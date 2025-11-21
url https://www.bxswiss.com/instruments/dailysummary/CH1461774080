--- v1 (2025-10-31)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcedc8b05abe74cf1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R72eafad80ddc4530" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfdc3d039d4ec43f1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R74fc3919ccd44621"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4c507b09af094152" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfdc3d039d4ec43f1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc19b6b8cb1fb4759" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R74fc3919ccd44621" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1461774080</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,545</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,575</x:t>
-[...4 lines deleted...]
-          <x:t>1,445</x:t>
+          <x:t>1,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,565</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,455</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...35 lines deleted...]
-          <x:t>1,405</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,795</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,595</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,395</x:t>
-[...52 lines deleted...]
-        <x:is>
           <x:t>1,605</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...310 lines deleted...]
-          <x:t>1,545</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,785</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,525</x:t>
-[...92 lines deleted...]
-          <x:t>27.10.2025</x:t>
+          <x:t>1,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,775</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,885</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,885</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,925</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,845</x:t>
-[...85 lines deleted...]
-          <x:t>2,185</x:t>
+          <x:t>1,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,358</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>