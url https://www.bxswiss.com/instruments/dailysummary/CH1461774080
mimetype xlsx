--- v2 (2025-11-21)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R72eafad80ddc4530" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2cd6e88b5732452b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R74fc3919ccd44621"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R88624d9931c44289"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc19b6b8cb1fb4759" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R74fc3919ccd44621" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9b3dd21f67724cf8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R88624d9931c44289" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1461774080</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...41 lines deleted...]
-          <x:t>1,525</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,755</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...113 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,935</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,145</x:t>
-[...468 lines deleted...]
-          <x:t>1,358</x:t>
+          <x:t>1,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,917</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>