--- v3 (2025-12-20)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2cd6e88b5732452b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0de00fe18d544bb8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R88624d9931c44289"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R121d3de529a64243"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9b3dd21f67724cf8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R88624d9931c44289" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R46fa9fab6f554f49" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R121d3de529a64243" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1461774080</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,475 +149,70 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...215 lines deleted...]
-          <x:t>01.12.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,844</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,666</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,792</x:t>
-[...197 lines deleted...]
-        <x:is>
           <x:t>1,836</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,870</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,257</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,838</x:t>
         </x:is>
       </x:c>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,755</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,935</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,747</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,519</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>