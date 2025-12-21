--- v0 (2025-10-31)
+++ v1 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5f899d2d41c84563" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6754029db5fb4b64" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R86c6198f953e45a4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra57f8adbef08432c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8b9b2cb5b5394417" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R86c6198f953e45a4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3d4caf373f50404a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra57f8adbef08432c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1461774072</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...608 lines deleted...]
-          <x:t>2,095</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,950</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,335</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.10.2025</x:t>
-[...19 lines deleted...]
-          <x:t>2,305</x:t>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,041</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>