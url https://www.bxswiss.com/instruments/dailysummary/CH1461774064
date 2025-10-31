--- v0 (2025-10-07)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf17782854d854d37" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcc496c7c87b74787" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb905b3e50d0147f5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5b1401e4eb944584"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R57cd9601466c4d4f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb905b3e50d0147f5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb2aa42e526f64e49" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5b1401e4eb944584" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1461774064</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.09.2025</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,445</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,465</x:t>
-[...21 lines deleted...]
-          <x:t>1,315</x:t>
+          <x:t>1,655</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,345</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,235</x:t>
-[...111 lines deleted...]
-        <x:is>
           <x:t>1,545</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...85 lines deleted...]
-          <x:t>1,655</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,735</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,565</x:t>
-[...11 lines deleted...]
-          <x:t>19.09.2025</x:t>
+          <x:t>1,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,765</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,645</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,755</x:t>
-[...210 lines deleted...]
-          <x:t>1,585</x:t>
+          <x:t>1,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,785</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,575</x:t>
-[...85 lines deleted...]
-          <x:t>1,855</x:t>
+          <x:t>2,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,415</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>