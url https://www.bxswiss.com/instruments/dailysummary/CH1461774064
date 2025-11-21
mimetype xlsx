--- v1 (2025-10-31)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcc496c7c87b74787" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra16a36c080a840d2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5b1401e4eb944584"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6781655404b044f1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb2aa42e526f64e49" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5b1401e4eb944584" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6c360271e3d64e74" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6781655404b044f1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1461774064</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,735</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>1,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>1,765</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,625</x:t>
-[...43 lines deleted...]
-          <x:t>1,585</x:t>
+          <x:t>1,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,785</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,575</x:t>
-[...43 lines deleted...]
-          <x:t>1,835</x:t>
+          <x:t>2,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,325</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,035</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>2,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>1,795</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,945</x:t>
-[...52 lines deleted...]
-        <x:is>
           <x:t>1,805</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.10.2025</x:t>
-[...247 lines deleted...]
-          <x:t>1,735</x:t>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,135</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,985</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,725</x:t>
-[...193 lines deleted...]
-          <x:t>2,415</x:t>
+          <x:t>2,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,546</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>