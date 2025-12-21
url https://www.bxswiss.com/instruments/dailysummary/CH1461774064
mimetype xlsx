--- v2 (2025-11-21)
+++ v3 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra16a36c080a840d2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rce1729148eff4863" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6781655404b044f1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra0b8c084d6fe41fc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6c360271e3d64e74" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6781655404b044f1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R34428170b919472f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra0b8c084d6fe41fc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1461774064</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...122 lines deleted...]
-          <x:t>1,725</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,273</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,995</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...413 lines deleted...]
-          <x:t>1,977</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,179</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,979</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,805</x:t>
-[...85 lines deleted...]
-          <x:t>1,546</x:t>
+          <x:t>2,163</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>