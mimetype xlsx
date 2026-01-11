--- v3 (2025-12-21)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rce1729148eff4863" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R510729e908f948c9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra0b8c084d6fe41fc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re40cc88d1b2145e8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R34428170b919472f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra0b8c084d6fe41fc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R275d6c14f0324450" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re40cc88d1b2145e8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1461774064</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,475 +149,70 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...215 lines deleted...]
-          <x:t>01.12.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,072</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,884</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,018</x:t>
-[...197 lines deleted...]
-        <x:is>
           <x:t>2,064</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,102</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,505</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,066</x:t>
         </x:is>
       </x:c>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,987</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,179</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,979</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,791</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>