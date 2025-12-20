--- v0 (2025-11-01)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3da5318ef934413d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1a9b4d082bf548d9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf75f5b50995849d5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R484cc97d162d421b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Red3f552418ca46c6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf75f5b50995849d5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R40b77565f1b74829" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R484cc97d162d421b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1461774056</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.09.2025</x:t>
-[...490 lines deleted...]
-          <x:t>1,885</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,397</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,115</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,835</x:t>
-[...139 lines deleted...]
-          <x:t>2,355</x:t>
+          <x:t>2,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,285</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>