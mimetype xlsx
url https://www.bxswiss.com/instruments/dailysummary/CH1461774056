--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1a9b4d082bf548d9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re99328562c8a43bb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R484cc97d162d421b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7f96583628564ff7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R40b77565f1b74829" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R484cc97d162d421b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rac5ecb3a8f654ea9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7f96583628564ff7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1461774056</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,502 +149,70 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...242 lines deleted...]
-          <x:t>01.12.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,190</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,998</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,134</x:t>
-[...197 lines deleted...]
-        <x:is>
           <x:t>2,182</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,222</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,629</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,186</x:t>
         </x:is>
       </x:c>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,107</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,303</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,099</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,929</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>