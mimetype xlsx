--- v0 (2025-10-08)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Racf92c5bcdc94074" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8d3ce9151371495c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3ccdcfc8d2d540ce"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6ea945a4a3584746"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8fe8aa2cabc340b1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3ccdcfc8d2d540ce" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R77d70a810edc4716" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6ea945a4a3584746" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1461774049</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
-[...4 lines deleted...]
-          <x:t>1,495</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,805</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,525</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,405</x:t>
-[...107 lines deleted...]
-          <x:t>1,715</x:t>
+          <x:t>1,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,515</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,735</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...85 lines deleted...]
-          <x:t>1,845</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,835</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,935</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,745</x:t>
-[...26 lines deleted...]
-          <x:t>1,815</x:t>
+          <x:t>1,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,975</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,855</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...30 lines deleted...]
-          <x:t>23.09.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,995</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,165</x:t>
-[...31 lines deleted...]
-          <x:t>1,925</x:t>
+          <x:t>2,225</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,935</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...239 lines deleted...]
-          <x:t>2,005</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,645</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>