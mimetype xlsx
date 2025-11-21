--- v1 (2025-10-31)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8d3ce9151371495c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfabeb686ac7445e0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6ea945a4a3584746"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1d6c8b9da92a4770"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R77d70a810edc4716" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6ea945a4a3584746" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0ce9ffb52f5945b6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1d6c8b9da92a4770" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1461774049</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,205</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,925</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,965</x:t>
-[...4 lines deleted...]
-          <x:t>1,815</x:t>
+          <x:t>2,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,773</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,835</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...617 lines deleted...]
-          <x:t>2,645</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,748</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>