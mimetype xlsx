--- v2 (2025-11-21)
+++ v3 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfabeb686ac7445e0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc78c79476f6442ed" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1d6c8b9da92a4770"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4a77f1cc2af24c32"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0ce9ffb52f5945b6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1d6c8b9da92a4770" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R41fe57505de94a3c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4a77f1cc2af24c32" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1461774049</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...323 lines deleted...]
-          <x:t>05.11.2025</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,525</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,235</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,315</x:t>
-[...193 lines deleted...]
-          <x:t>2,025</x:t>
+          <x:t>2,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,433</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,221</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...104 lines deleted...]
-          <x:t>1,748</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,415</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>