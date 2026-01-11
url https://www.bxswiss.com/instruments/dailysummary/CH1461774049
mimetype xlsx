--- v3 (2025-12-21)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc78c79476f6442ed" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd76e3eb940bf4907" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4a77f1cc2af24c32"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R98d234df18924e5a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R41fe57505de94a3c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4a77f1cc2af24c32" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7c243b1c248b4a23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R98d234df18924e5a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1461774049</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,502 +149,97 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...193 lines deleted...]
-          <x:t>2,206</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,759</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,306</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,142</x:t>
-[...246 lines deleted...]
-        <x:is>
           <x:t>2,709</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,905</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,953</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,649</x:t>
         </x:is>
       </x:c>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,229</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,433</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,221</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,069</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>