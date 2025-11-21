--- v0 (2025-10-31)
+++ v1 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbad4b17f1f1a4b35" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd55fceaa5eff45b2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3770fc8c5cf54989"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R875a688294ba4537"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R820aeb8dbe77400a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3770fc8c5cf54989" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R922fcf5410b44018" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R875a688294ba4537" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1461774031</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,955</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,035</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...45 lines deleted...]
-          <x:t>01.10.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,875</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,095</x:t>
-[...576 lines deleted...]
-          <x:t>2,765</x:t>
+          <x:t>1,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,850</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>