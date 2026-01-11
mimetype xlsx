--- v1 (2025-11-21)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd55fceaa5eff45b2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2f3aebe2e8a24c91" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R875a688294ba4537"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5e82728cb6bf4d95"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R922fcf5410b44018" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R875a688294ba4537" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9a065ec9130640c3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5e82728cb6bf4d95" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1461774031</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...112 lines deleted...]
-          <x:t>2,105</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,561</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,345</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,045</x:t>
-[...21 lines deleted...]
-          <x:t>2,485</x:t>
+          <x:t>2,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,939</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,395</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,455</x:t>
-[...485 lines deleted...]
-          <x:t>1,850</x:t>
+          <x:t>2,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,211</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>